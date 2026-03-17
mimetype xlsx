--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -59,132 +59,132 @@
   <si>
     <t>Diskant Roman Volodymyrovych</t>
   </si>
   <si>
     <t>Karas Pavlo Mykolayovych</t>
   </si>
   <si>
     <t>Melnyk Oleksiy Oleksiyovych</t>
   </si>
   <si>
     <t>Minyaylo Valeriy Volodymyrovych</t>
   </si>
   <si>
     <t>Savenko Oleksandr Serhiyovych</t>
   </si>
   <si>
     <t>Sukharkov Ivan Vasylovych</t>
   </si>
   <si>
     <t>Trenkin Yuriy Vasylovych</t>
   </si>
   <si>
     <t>Bondarenko Anatoliy Vasylovych</t>
   </si>
   <si>
+    <t>Abramova Karyna Serhiyivna</t>
+  </si>
+  <si>
+    <t>Ahapova Olena Mykhaylivna</t>
+  </si>
+  <si>
+    <t>Bandura Inna Valeriyivna</t>
+  </si>
+  <si>
+    <t>Batyr Ruslan Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Buryak Svitlana Vyacheslavivna</t>
+  </si>
+  <si>
+    <t>Voloshyn Anatoliy Ivanovych</t>
+  </si>
+  <si>
+    <t>Hladkyy Heorhiy Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Drumashko Volodymyr Hryhorovych</t>
+  </si>
+  <si>
+    <t>Dudka Serhiy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Yevpak Viktor Mykolayovych</t>
+  </si>
+  <si>
+    <t>Ivashkova Nadiya Yevhenivna</t>
+  </si>
+  <si>
+    <t>Kazaryan Narek Petrosovych</t>
+  </si>
+  <si>
+    <t>Krasyuk Vitaliy Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Kudaktin Serhiy Viktorovych</t>
+  </si>
+  <si>
+    <t>Melikova Oksana Petrivna</t>
+  </si>
+  <si>
+    <t>Mkrtchyan Araik Rafikovych</t>
+  </si>
+  <si>
+    <t>Moysiyenko Vasyl Mykolayovych</t>
+  </si>
+  <si>
+    <t>Motornyy Roman Vasylovych</t>
+  </si>
+  <si>
+    <t>Mushiyek Andriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Pohostinska Yuliya Oleksandrivna</t>
+  </si>
+  <si>
+    <t>Pryadka Serhiy Mykolayovych</t>
+  </si>
+  <si>
+    <t>Ruban Serhiy Leonidovych</t>
+  </si>
+  <si>
+    <t>Salina Yuliya Ivanivna</t>
+  </si>
+  <si>
+    <t>Tronts Tymofiy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Kholupnyak Kateryna Oleksandrivna</t>
+  </si>
+  <si>
+    <t>Shabatura Serhiy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Shevchenko Hennadiy Yuriyovych</t>
+  </si>
+  <si>
     <t>Shmyhol Serhiy Olehovych</t>
-  </si>
-[...79 lines deleted...]
-    <t>Shevchenko Hennadiy Yuriyovych</t>
   </si>
   <si>
     <t>Pustovar Vladyslav Volodymyrovych</t>
   </si>
   <si>
     <t>Shynkarova Valeriya Serhiyivna</t>
   </si>
   <si>
     <t>Maslyanko Oksana Anatoliyivna</t>
   </si>
   <si>
     <t>Yefremov Yuriy Valeriyovych</t>
   </si>
   <si>
     <t>26.11.25  14:45:00</t>
   </si>
   <si>
     <t>В цілому з пропозиціями</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -507,132 +507,132 @@
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="X2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Z2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AJ2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AL2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AM2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AN2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AQ2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR2" t="s" s="5">
         <v>53</v>
-      </c>
-[...79 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>54</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>55</v>
       </c>
       <c r="D3" t="s">
@@ -653,132 +653,132 @@
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Z3" t="s" s="5">
         <v>57</v>
       </c>
-      <c r="R3" t="s" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="AA3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AC3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AI3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AJ3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AL3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AM3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AN3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AQ3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR3" t="s" s="5">
         <v>57</v>
-      </c>
-[...49 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>12337Про внесення змін до рішення міської ради від 27.01.2020 № 2-5678 «Про затвердження Програми соціально-економічного і культурного розвитку міста Черкаси на 2020-2025 роки»</t>
         </is>
@@ -801,132 +801,132 @@
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="X4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Z4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AC4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AH4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AI4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AJ4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AL4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AM4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AN4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AQ4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR4" t="s" s="5">
         <v>53</v>
-      </c>
-[...79 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>12338Про внесення змін до рішення Черкаської міської ради від 16.10.2025 № 88-18 «Про передачу транспортного засобу комунального підприємства «Черкасиводоканал» Черкаської міської ради</t>
         </is>
@@ -970,93 +970,93 @@
       <c r="P5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>