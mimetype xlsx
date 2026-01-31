--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -59,132 +59,132 @@
   <si>
     <t>Diskant Roman Volodymyrovych</t>
   </si>
   <si>
     <t>Karas Pavlo Mykolayovych</t>
   </si>
   <si>
     <t>Melnyk Oleksiy Oleksiyovych</t>
   </si>
   <si>
     <t>Minyaylo Valeriy Volodymyrovych</t>
   </si>
   <si>
     <t>Savenko Oleksandr Serhiyovych</t>
   </si>
   <si>
     <t>Sukharkov Ivan Vasylovych</t>
   </si>
   <si>
     <t>Trenkin Yuriy Vasylovych</t>
   </si>
   <si>
     <t>Bondarenko Anatoliy Vasylovych</t>
   </si>
   <si>
+    <t>Abramova Karyna Serhiyivna</t>
+  </si>
+  <si>
+    <t>Ahapova Olena Mykhaylivna</t>
+  </si>
+  <si>
+    <t>Bandura Inna Valeriyivna</t>
+  </si>
+  <si>
+    <t>Batyr Ruslan Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Buryak Svitlana Vyacheslavivna</t>
+  </si>
+  <si>
+    <t>Voloshyn Anatoliy Ivanovych</t>
+  </si>
+  <si>
+    <t>Hladkyy Heorhiy Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Drumashko Volodymyr Hryhorovych</t>
+  </si>
+  <si>
+    <t>Dudka Serhiy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Yevpak Viktor Mykolayovych</t>
+  </si>
+  <si>
+    <t>Ivashkova Nadiya Yevhenivna</t>
+  </si>
+  <si>
+    <t>Kazaryan Narek Petrosovych</t>
+  </si>
+  <si>
+    <t>Krasyuk Vitaliy Anatoliyovych</t>
+  </si>
+  <si>
+    <t>Kudaktin Serhiy Viktorovych</t>
+  </si>
+  <si>
+    <t>Melikova Oksana Petrivna</t>
+  </si>
+  <si>
+    <t>Mkrtchyan Araik Rafikovych</t>
+  </si>
+  <si>
+    <t>Moysiyenko Vasyl Mykolayovych</t>
+  </si>
+  <si>
+    <t>Motornyy Roman Vasylovych</t>
+  </si>
+  <si>
+    <t>Mushiyek Andriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Pohostinska Yuliya Oleksandrivna</t>
+  </si>
+  <si>
+    <t>Pryadka Serhiy Mykolayovych</t>
+  </si>
+  <si>
+    <t>Ruban Serhiy Leonidovych</t>
+  </si>
+  <si>
+    <t>Salina Yuliya Ivanivna</t>
+  </si>
+  <si>
+    <t>Tronts Tymofiy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Kholupnyak Kateryna Oleksandrivna</t>
+  </si>
+  <si>
+    <t>Shabatura Serhiy Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Shevchenko Hennadiy Yuriyovych</t>
+  </si>
+  <si>
     <t>Shmyhol Serhiy Olehovych</t>
-  </si>
-[...79 lines deleted...]
-    <t>Shevchenko Hennadiy Yuriyovych</t>
   </si>
   <si>
     <t>Pustovar Vladyslav Volodymyrovych</t>
   </si>
   <si>
     <t>Shynkarova Valeriya Serhiyivna</t>
   </si>
   <si>
     <t>Maslyanko Oksana Anatoliyivna</t>
   </si>
   <si>
     <t>Yefremov Yuriy Valeriyovych</t>
   </si>
   <si>
     <t>08.10.25  10:15:00</t>
   </si>
   <si>
     <t>12150Про передачу майна Черкаської міської територіальної громади в державну власність</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
@@ -490,132 +490,132 @@
       <c r="I2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="T2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Z2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AC2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AE2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AF2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AG2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="U2" t="s" s="5">
-[...37 lines deleted...]
-      </c>
       <c r="AH2" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>53</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 