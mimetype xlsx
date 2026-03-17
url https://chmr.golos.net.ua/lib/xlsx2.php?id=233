--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -563,51 +563,51 @@
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
       <c r="AV1" t="s" s="3">
         <v>47</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>11540Про звернення до Верховної Ради України щодо підтримки та прийняття проєкту Закону «Про внесення змін до Кодексу України про адміністративні правопорушення щодо удосконалення</t>
+          <t>11540Про звернення до Верховної Ради України щодо підтримки та прийняття проєкту Закону «Про внесення змін до Кодексу України про адміністративні правопорушення щодо удосконалення адміністративної відповідальності за керування або експлуатацію транспортних засобів із перевищенням допустимого рівня шуму» (реєстр. № 9564 від 04.08.2023)</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>49</v>
       </c>
       <c r="E2" t="s">
         <v>50</v>
       </c>
       <c r="F2">
         <v>27</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
@@ -711,51 +711,51 @@
       <c r="AR2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>48</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>11541Про внесення змін до рішення міської ради від 22.12.2023 № 51-5 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська міська</t>
+          <t>11541Про внесення змін до рішення міської ради від 22.12.2023 № 51-5 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська міська комунальна аварійно-рятувальна служба» на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>49</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>27</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
@@ -1303,51 +1303,51 @@
       <c r="AR6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>11545Про внесення змін до рішення Черкаської міської ради від 09.11.2021 № 13-13 «Про затвердження Програми організації харчування у закладах загальної середньої освіти комунальної власності міста</t>
+          <t>11545Про внесення змін до рішення Черкаської міської ради від 09.11.2021 № 13-13 «Про затвердження Програми організації харчування у закладах загальної середньої освіти комунальної власності міста Черкаси на 2022-2024 роки» (зі змінами)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
         <v>50</v>
       </c>
       <c r="F7">
         <v>27</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -4253,51 +4253,51 @@
       <c r="AR26" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV26" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>62</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>11573Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Митницькій, біля будинку № 23 громадянину Тищенку Р. М. (вільна земельна ділянка, ветеран</t>
+          <t>11573Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Митницькій, біля будинку № 23 громадянину Тищенку Р. М. (вільна земельна ділянка, ветеран війни)</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>49</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>23</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>3</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
@@ -4401,51 +4401,51 @@
       <c r="AR27" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV27" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>11574Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по узвозу Білоцерківському, 40/2 громадянину Лісовому С. М. (вільна земельна ділянка, ветеран</t>
+          <t>11574Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по узвозу Білоцерківському, 40/2 громадянину Лісовому С. М. (вільна земельна ділянка, ветеран війни)</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>49</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28">
         <v>23</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>3</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>52</v>
@@ -7213,51 +7213,51 @@
       <c r="AR46" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV46" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>62</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>11593Про передачу земельної ділянки у власність на території існуючого садового товариства «Комунальник» (діл. № 502) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці</t>
+          <t>11593Про передачу земельної ділянки у власність на території існуючого садового товариства «Комунальник» (діл. № 502) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці Коковіній С.П.</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>49</v>
       </c>
       <c r="E47" t="s">
         <v>50</v>
       </c>
       <c r="F47">
         <v>23</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
         <v>3</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>52</v>
@@ -9135,51 +9135,51 @@
       <c r="AR59" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV59" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>62</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>11606Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по просп. Перемоги (біля будівлі № 13/5),</t>
+          <t>11606Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по просп. Перемоги (біля будівлі № 13/5), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>49</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60">
         <v>23</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>3</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>52</v>
@@ -10023,51 +10023,51 @@
       <c r="AR65" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV65" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>62</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>11612Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Надпільній, 425/2, та</t>
+          <t>11612Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Надпільній, 425/2, та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>49</v>
       </c>
       <c r="E66" t="s">
         <v>50</v>
       </c>
       <c r="F66">
         <v>23</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>3</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>52</v>
@@ -10319,51 +10319,51 @@
       <c r="AR67" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV67" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>62</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>11614Про надання ДЕПАРТАМЕНТУ ДОРОЖНЬО-ТРАНСПОРТНОЇ ІНФРАСТРУКТУРИ ТА ЕКОЛОГІЇ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки в постійне користування в районі вул. Канівська, вул. Вікентія Хвойки</t>
+          <t>11614Про надання ДЕПАРТАМЕНТУ ДОРОЖНЬО-ТРАНСПОРТНОЇ ІНФРАСТРУКТУРИ ТА ЕКОЛОГІЇ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки в постійне користування в районі вул. Канівська, вул. Вікентія Хвойки та вул. Олександра Кониського (парк-пам’ятка садово-паркового мистецтва місцевого значення «Дахнівський лісопарк»)</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>49</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68">
         <v>23</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>3</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>52</v>
@@ -13267,51 +13267,51 @@
       <c r="AR87" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV87" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>76</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>11634Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>11634Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>72</v>
       </c>
       <c r="E88" t="s">
         <v>73</v>
       </c>
       <c r="F88">
         <v>12</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>52</v>
@@ -13859,51 +13859,51 @@
       <c r="AR91" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AS91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV91" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>81</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
-          <t>11638Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по</t>
+          <t>11638Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по справі № 2а-7421/2011</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>72</v>
       </c>
       <c r="E92" t="s">
         <v>73</v>
       </c>
       <c r="F92">
         <v>8</v>
       </c>
       <c r="G92">
         <v>2</v>
       </c>
       <c r="H92">
         <v>3</v>
       </c>
       <c r="I92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K92" t="s" s="5">
         <v>52</v>
@@ -15191,51 +15191,51 @@
       <c r="AR100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV100" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>91</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>11647Про відмову КП «БЛАГОУСТРІЙ» у наданні дозволу на розроблення документації із землеустрою по вул. Князя Ольгерда між узв. Зарубинецьким та узв. Дубіївським (пляж «Казбетський», вільна</t>
+          <t>11647Про відмову КП «БЛАГОУСТРІЙ» у наданні дозволу на розроблення документації із землеустрою по вул. Князя Ольгерда між узв. Зарубинецьким та узв. Дубіївським (пляж «Казбетський», вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>89</v>
       </c>
       <c r="E101" t="s">
         <v>50</v>
       </c>
       <c r="F101">
         <v>22</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
         <v>0</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>52</v>