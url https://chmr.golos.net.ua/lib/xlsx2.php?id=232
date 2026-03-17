--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -934,51 +934,51 @@
       <c r="AR3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>11361Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>11361Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2025-2027 роки»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>49</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>24</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
@@ -1082,51 +1082,51 @@
       <c r="AR4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>11362Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я)</t>
+          <t>11362Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я) Черкаської міської ради на 2024–2026 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5">
         <v>24</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -1674,51 +1674,51 @@
       <c r="AR8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>11366Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення</t>
+          <t>11366Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення до багатоповерхових житлових будинків</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>49</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9">
         <v>24</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -1822,51 +1822,51 @@
       <c r="AR9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>11367Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення</t>
+          <t>11367Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення до багатоповерхового житлового будинку</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10">
         <v>24</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>52</v>
@@ -2266,51 +2266,51 @@
       <c r="AR12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>11370Про внесення змін та доповнень до рішення Черкаської міської ради від 13.05.2016 №2-570 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської</t>
+          <t>11370Про внесення змін та доповнень до рішення Черкаської міської ради від 13.05.2016 №2-570 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>24</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
@@ -4334,51 +4334,51 @@
       <c r="AR26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>11384Про надання ДЕПАРТАМЕНТУ ЖИТЛОВО-КОМУНАЛЬНОГО КОМПЛЕКСУ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розробку робочого проекту землеустрою земельної ділянки щодо зняття, перенесення, збереження та</t>
+          <t>11384Про надання ДЕПАРТАМЕНТУ ЖИТЛОВО-КОМУНАЛЬНОГО КОМПЛЕКСУ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розробку робочого проекту землеустрою земельної ділянки щодо зняття, перенесення, збереження та використання поверхневого шару ґрунту (родючого шару ґрунту) земельної ділянки, розташованої по вул. Промисловій</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>60</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27">
         <v>29</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
         <v>0</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
@@ -10846,51 +10846,51 @@
       <c r="AR70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV70" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>61</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>11432Про надання ОСББ «ХРЕЩАТИК 200» дозволу на розроблення документації із землеустрою по вул. Хрещатик, 200 (на виконання рішення Черкаського окружного адміністративного суду від 07 квітня 2025 року</t>
+          <t>11432Про надання ОСББ «ХРЕЩАТИК 200» дозволу на розроблення документації із землеустрою по вул. Хрещатик, 200 (на виконання рішення Черкаського окружного адміністративного суду від 07 квітня 2025 року по справі № 580/1061/25)</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>49</v>
       </c>
       <c r="E71" t="s">
         <v>50</v>
       </c>
       <c r="F71">
         <v>29</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
         <v>0</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>53</v>
@@ -10994,51 +10994,51 @@
       <c r="AR71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV71" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>61</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>11433Про виключення з переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Дахнівській (перспективна адреса</t>
+          <t>11433Про виключення з переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Дахнівській (перспективна адреса вул. Дахнівська, 27)</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>49</v>
       </c>
       <c r="E72" t="s">
         <v>50</v>
       </c>
       <c r="F72">
         <v>29</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
         <v>0</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>53</v>
@@ -11142,51 +11142,51 @@
       <c r="AR72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>61</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>11434Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Петра Прокоповича, надання</t>
+          <t>11434Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Петра Прокоповича, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>49</v>
       </c>
       <c r="E73" t="s">
         <v>50</v>
       </c>
       <c r="F73">
         <v>29</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>53</v>
@@ -11734,51 +11734,51 @@
       <c r="AR76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV76" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>61</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>11438Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Спиридона Кириченка (біля будинку</t>
+          <t>11438Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Спиридона Кириченка (біля будинку № 15), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>49</v>
       </c>
       <c r="E77" t="s">
         <v>50</v>
       </c>
       <c r="F77">
         <v>29</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>53</v>
@@ -11882,51 +11882,51 @@
       <c r="AR77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV77" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>61</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>11439Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській (біля будівлі по вул.</t>
+          <t>11439Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській (біля будівлі по вул. Смілянська, 164/4), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>49</v>
       </c>
       <c r="E78" t="s">
         <v>50</v>
       </c>
       <c r="F78">
         <v>29</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>53</v>
@@ -12178,51 +12178,51 @@
       <c r="AR79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>61</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>11441Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки на розі вул. Михайла Старицького та вул.</t>
+          <t>11441Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки на розі вул. Михайла Старицького та вул. Онопрієнка (перспективна адреса вул. Михайла Старицького, 25) та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>49</v>
       </c>
       <c r="E80" t="s">
         <v>50</v>
       </c>
       <c r="F80">
         <v>29</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>53</v>
@@ -12326,51 +12326,51 @@
       <c r="AR80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>61</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>11442Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Івана Кулика (біля земельної</t>
+          <t>11442Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Івана Кулика (біля земельної ділянки № 51), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>49</v>
       </c>
       <c r="E81" t="s">
         <v>50</v>
       </c>
       <c r="F81">
         <v>29</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>53</v>
@@ -12474,51 +12474,51 @@
       <c r="AR81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>61</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>11443Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки в районі вул. В’ячеслава Чорновола та</t>
+          <t>11443Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки в районі вул. В’ячеслава Чорновола та бульв. Шевченка, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>49</v>
       </c>
       <c r="E82" t="s">
         <v>50</v>
       </c>
       <c r="F82">
         <v>29</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>53</v>
@@ -12622,51 +12622,51 @@
       <c r="AR82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>61</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>11444Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. В’ячеслава Чорновола, надання</t>
+          <t>11444Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. В’ячеслава Чорновола, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>49</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83">
         <v>29</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>0</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
@@ -12770,51 +12770,51 @@
       <c r="AR83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>61</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>11445Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Благовісній (біля будівлі № 383),</t>
+          <t>11445Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Благовісній (біля будівлі № 383), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>49</v>
       </c>
       <c r="E84" t="s">
         <v>50</v>
       </c>
       <c r="F84">
         <v>29</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>53</v>
@@ -12918,51 +12918,51 @@
       <c r="AR84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>61</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
-          <t>11446Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по бульв. Шевченка (біля будівлі № 440),</t>
+          <t>11446Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по бульв. Шевченка (біля будівлі № 440), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>49</v>
       </c>
       <c r="E85" t="s">
         <v>50</v>
       </c>
       <c r="F85">
         <v>29</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>0</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>53</v>
@@ -13066,51 +13066,51 @@
       <c r="AR85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV85" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>61</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>11447Про надання департаменту архітектури та містобудування Черкаської міської ради дозволу на розроблення проєкту землеустрою щодо відведення земельних ділянок по вул. Володимира Великого</t>
+          <t>11447Про надання департаменту архітектури та містобудування Черкаської міської ради дозволу на розроблення проєкту землеустрою щодо відведення земельних ділянок по вул. Володимира Великого (перспективна адреса вул. Володимира Великого, 162)</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>49</v>
       </c>
       <c r="E86" t="s">
         <v>50</v>
       </c>
       <c r="F86">
         <v>29</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
         <v>0</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>53</v>
@@ -13362,51 +13362,51 @@
       <c r="AR87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV87" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>61</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>11449Про надання КП «ДИРЕКЦІЯ ПАРКІВ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки Черкаської міської ради, з метою можливості оформлення права</t>
+          <t>11449Про надання КП «ДИРЕКЦІЯ ПАРКІВ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки Черкаської міської ради, з метою можливості оформлення права користування її частиною по вул. Свято-Макаріївській</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>49</v>
       </c>
       <c r="E88" t="s">
         <v>50</v>
       </c>
       <c r="F88">
         <v>29</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>53</v>
@@ -13510,51 +13510,51 @@
       <c r="AR88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV88" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>61</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>11450Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельних ділянок Черкаської міської ради в районі вул. Михайла Грушевського та вул. Оборонної та в</t>
+          <t>11450Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельних ділянок Черкаської міської ради в районі вул. Михайла Грушевського та вул. Оборонної та в районі вул. Олени Теліги та вул. Вернигори, з метою виконання рішення Господарського суду Черкаської області по справі № 925/232/15</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>49</v>
       </c>
       <c r="E89" t="s">
         <v>50</v>
       </c>
       <c r="F89">
         <v>29</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>53</v>
@@ -15720,51 +15720,51 @@
       <c r="AR103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV103" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>61</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
-          <t>11465Про надання ТОВ «ВБК «ПРОМІНБУД» дозволу на розроблення документації із землеустрою з метою відведення в оренду по проїзду Станційному, 4 та з метою встановлення земельного сервітуту на</t>
+          <t>11465Про надання ТОВ «ВБК «ПРОМІНБУД» дозволу на розроблення документації із землеустрою з метою відведення в оренду по проїзду Станційному, 4 та з метою встановлення земельного сервітуту на право проходу та проїзду по проїзду Станційному</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>49</v>
       </c>
       <c r="E104" t="s">
         <v>50</v>
       </c>
       <c r="F104">
         <v>29</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
         <v>0</v>
       </c>
       <c r="I104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>53</v>
@@ -17926,51 +17926,51 @@
       <c r="AR118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV118" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
         <v>61</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
-          <t>11480Про відмову у наданні РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНЕ УПРАВЛІННЯ «ДНІПРОВСЬКА КОНФЕРЕНЦІЯ ЦЕРКВИ АДВЕНТИСТІВ СЬОМОГО ДНЯ В УКРАЇНІ» дозволу на розроблення документації із землеустрою</t>
+          <t>11480Про відмову у наданні РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНЕ УПРАВЛІННЯ «ДНІПРОВСЬКА КОНФЕРЕНЦІЯ ЦЕРКВИ АДВЕНТИСТІВ СЬОМОГО ДНЯ В УКРАЇНІ» дозволу на розроблення документації із землеустрою по вул. Сінній, біля будинку № 2</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>49</v>
       </c>
       <c r="E119" t="s">
         <v>50</v>
       </c>
       <c r="F119">
         <v>29</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
         <v>0</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>53</v>
@@ -18666,51 +18666,51 @@
       <c r="AR123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV123" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
         <v>77</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
-          <t>11485Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>11485Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>60</v>
       </c>
       <c r="E124" t="s">
         <v>75</v>
       </c>
       <c r="F124">
         <v>14</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124">
         <v>0</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>53</v>
@@ -19258,51 +19258,51 @@
       <c r="AR127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV127" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>83</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>11489Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С.</t>
+          <t>11489Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С. (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>60</v>
       </c>
       <c r="E128" t="s">
         <v>50</v>
       </c>
       <c r="F128">
         <v>24</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
         <v>0</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>52</v>
@@ -19406,51 +19406,51 @@
       <c r="AR128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV128" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
         <v>84</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
-          <t>11490Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по</t>
+          <t>11490Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по справі № 2а-7421/2011</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>60</v>
       </c>
       <c r="E129" t="s">
         <v>75</v>
       </c>
       <c r="F129">
         <v>3</v>
       </c>
       <c r="G129">
         <v>1</v>
       </c>
       <c r="H129">
         <v>7</v>
       </c>
       <c r="I129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>53</v>
@@ -19554,51 +19554,51 @@
       <c r="AR129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV129" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>85</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>11491Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого</t>
+          <t>11491Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого значення «Співоче поле» в районі вул. Набережної між вул. Авіаторів Касяненків та вул. Спиридона Кириченка</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>60</v>
       </c>
       <c r="E130" t="s">
         <v>50</v>
       </c>
       <c r="F130">
         <v>27</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
         <v>0</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>53</v>
@@ -19702,51 +19702,51 @@
       <c r="AR130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV130" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>86</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>11492Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Героїв Дніпра, надання дозволу на</t>
+          <t>11492Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Героїв Дніпра, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>60</v>
       </c>
       <c r="E131" t="s">
         <v>50</v>
       </c>
       <c r="F131">
         <v>24</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>52</v>
@@ -19850,51 +19850,51 @@
       <c r="AR131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV131" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>87</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>11493Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Дахнівській, 26/4 та про проведення</t>
+          <t>11493Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Дахнівській, 26/4 та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>60</v>
       </c>
       <c r="E132" t="s">
         <v>50</v>
       </c>
       <c r="F132">
         <v>26</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132">
         <v>0</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>52</v>
@@ -19998,51 +19998,51 @@
       <c r="AR132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV132" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>88</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>11494Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сумгаїтській</t>
+          <t>11494Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сумгаїтській (біля будинку № 21), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>60</v>
       </c>
       <c r="E133" t="s">
         <v>50</v>
       </c>
       <c r="F133">
         <v>27</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
         <v>0</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>52</v>
@@ -20146,51 +20146,51 @@
       <c r="AR133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV133" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>89</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>11495Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса</t>
+          <t>11495Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса (біля будинку № 145), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>60</v>
       </c>
       <c r="E134" t="s">
         <v>50</v>
       </c>
       <c r="F134">
         <v>23</v>
       </c>
       <c r="G134">
         <v>3</v>
       </c>
       <c r="H134">
         <v>2</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>82</v>
@@ -20294,51 +20294,51 @@
       <c r="AR134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV134" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
         <v>90</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>11496Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Набережній (біля будівлі № 34),</t>
+          <t>11496Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Набережній (біля будівлі № 34), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>49</v>
       </c>
       <c r="E135" t="s">
         <v>50</v>
       </c>
       <c r="F135">
         <v>22</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
         <v>0</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>52</v>
@@ -20442,51 +20442,51 @@
       <c r="AR135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV135" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
         <v>91</v>
       </c>
       <c r="C136" t="inlineStr" s="4">
         <is>
-          <t>11497Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Набережній (біля будівлі № 36),</t>
+          <t>11497Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Набережній (біля будівлі № 36), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D136" t="s">
         <v>49</v>
       </c>
       <c r="E136" t="s">
         <v>50</v>
       </c>
       <c r="F136">
         <v>26</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
         <v>0</v>
       </c>
       <c r="I136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J136" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K136" t="s" s="5">
         <v>52</v>
@@ -20590,51 +20590,51 @@
       <c r="AR136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV136" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>92</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>11498Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Геннадія Немцова</t>
+          <t>11498Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Геннадія Немцова (перспективний № 11), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>60</v>
       </c>
       <c r="E137" t="s">
         <v>50</v>
       </c>
       <c r="F137">
         <v>24</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
         <v>0</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>52</v>
@@ -20738,51 +20738,51 @@
       <c r="AR137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV137" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>93</v>
       </c>
       <c r="C138" t="inlineStr" s="4">
         <is>
-          <t>11499Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській, та</t>
+          <t>11499Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській, та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>94</v>
       </c>
       <c r="E138" t="s">
         <v>50</v>
       </c>
       <c r="F138">
         <v>28</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
         <v>0</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>52</v>
@@ -20886,51 +20886,51 @@
       <c r="AR138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV138" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>95</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>11500Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Благовісної</t>
+          <t>11500Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Благовісної та вул. Сінної (перспективна адреса вул. Благовісна, 444), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>60</v>
       </c>
       <c r="E139" t="s">
         <v>75</v>
       </c>
       <c r="F139">
         <v>9</v>
       </c>
       <c r="G139">
         <v>5</v>
       </c>
       <c r="H139">
         <v>4</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>53</v>
@@ -21034,51 +21034,51 @@
       <c r="AR139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>82</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV139" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>96</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>11501Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Мистецькому (перспективний № 2) та</t>
+          <t>11501Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Мистецькому (перспективний № 2) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>60</v>
       </c>
       <c r="E140" t="s">
         <v>75</v>
       </c>
       <c r="F140">
         <v>19</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
         <v>0</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>53</v>
@@ -21182,51 +21182,51 @@
       <c r="AR140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV140" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>97</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>11502Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сумгаїтській, та</t>
+          <t>11502Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сумгаїтській, та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>60</v>
       </c>
       <c r="E141" t="s">
         <v>50</v>
       </c>
       <c r="F141">
         <v>22</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>52</v>
@@ -21330,51 +21330,51 @@
       <c r="AR141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV141" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>98</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
-          <t>11503Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Михайла Грушевського та надання</t>
+          <t>11503Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Михайла Грушевського та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>94</v>
       </c>
       <c r="E142" t="s">
         <v>50</v>
       </c>
       <c r="F142">
         <v>28</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
         <v>0</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>52</v>
@@ -21478,51 +21478,51 @@
       <c r="AR142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV142" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>99</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
-          <t>11504Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Благовісної та вул. Юрія</t>
+          <t>11504Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Благовісної та вул. Юрія Іллєнка, та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>94</v>
       </c>
       <c r="E143" t="s">
         <v>50</v>
       </c>
       <c r="F143">
         <v>27</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
         <v>0</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>52</v>
@@ -21626,51 +21626,51 @@
       <c r="AR143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV143" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>100</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
-          <t>11505Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Чехова та вул. Сергія Амброса, та</t>
+          <t>11505Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Чехова та вул. Сергія Амброса, та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>60</v>
       </c>
       <c r="E144" t="s">
         <v>50</v>
       </c>
       <c r="F144">
         <v>23</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
         <v>0</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>53</v>
@@ -22366,51 +22366,51 @@
       <c r="AR148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV148" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>106</v>
       </c>
       <c r="C149" t="inlineStr" s="4">
         <is>
-          <t>11510Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі</t>
+          <t>11510Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі вулиць Академіка Корольова, Оборонна та Андрія Мельника</t>
         </is>
       </c>
       <c r="D149" t="s">
         <v>60</v>
       </c>
       <c r="E149" t="s">
         <v>75</v>
       </c>
       <c r="F149">
         <v>0</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
         <v>0</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>53</v>
@@ -22514,51 +22514,51 @@
       <c r="AR149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV149" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>107</v>
       </c>
       <c r="C150" t="inlineStr" s="4">
         <is>
-          <t>11511Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі</t>
+          <t>11511Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі вулиць Академіка Корольова, Оборонна та Андрія Мельника</t>
         </is>
       </c>
       <c r="D150" t="s">
         <v>60</v>
       </c>
       <c r="E150" t="s">
         <v>50</v>
       </c>
       <c r="F150">
         <v>26</v>
       </c>
       <c r="G150">
         <v>1</v>
       </c>
       <c r="H150">
         <v>0</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>53</v>