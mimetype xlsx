--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -452,51 +452,51 @@
       <c r="AR1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>44</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>45</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>46</v>
       </c>
       <c r="AV1" t="s" s="3">
         <v>47</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>11344Про відмову РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «ПАРАФІЯ СВЯТОГО АНДРІЯ ПЕРВОЗВАННОГО ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ (ПРАВОСЛАВНОЇ ЦЕРКВИ УКРАЇНИ) М. ЧЕРКАСИ» у наданні земельної</t>
+          <t>11344Про відмову РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «ПАРАФІЯ СВЯТОГО АНДРІЯ ПЕРВОЗВАННОГО ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ (ПРАВОСЛАВНОЇ ЦЕРКВИ УКРАЇНИ) М. ЧЕРКАСИ» у наданні земельної ділянки в постійне користування по вул. Героїв Дніпра, 30</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>49</v>
       </c>
       <c r="E2" t="s">
         <v>50</v>
       </c>
       <c r="F2">
         <v>32</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
@@ -600,51 +600,51 @@
       <c r="AR2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>11345Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «ПАРАФІЯ РІЗДВА ХРИСТОВОГО ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ (ПРАВОСЛАВНОЇ ЦЕРКВИ УКРАЇНИ) М. ЧЕРКАСИ» земельної ділянки у постійне</t>
+          <t>11345Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «ПАРАФІЯ РІЗДВА ХРИСТОВОГО ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ (ПРАВОСЛАВНОЇ ЦЕРКВИ УКРАЇНИ) М. ЧЕРКАСИ» земельної ділянки у постійне користування по вул. Сумгаїтській, 39/1</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>54</v>
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3">
         <v>31</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
@@ -748,51 +748,51 @@
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>11346Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «ПАРАФІЯ СВЯТИТЕЛЯ СОФРОНІЯ ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ (ПРАВОСЛАВНОЇ ЦЕРКВИ УКРАЇНИ) М. ЧЕРКАСИ» земельної ділянки у постійне</t>
+          <t>11346Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «ПАРАФІЯ СВЯТИТЕЛЯ СОФРОНІЯ ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ (ПРАВОСЛАВНОЇ ЦЕРКВИ УКРАЇНИ) М. ЧЕРКАСИ» земельної ділянки у постійне користування по вул. Вікентія Хвойки, 18</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>54</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>30</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>