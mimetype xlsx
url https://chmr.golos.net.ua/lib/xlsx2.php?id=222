--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -929,51 +929,51 @@
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>56</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>10725Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м.</t>
+          <t>10725Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м. Черкас до опалювального сезону в умовах воєнного стану на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>51</v>
       </c>
       <c r="F4">
         <v>29</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
@@ -1373,51 +1373,51 @@
       <c r="AR6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>10728Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>10728Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2025-2027 роки»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>51</v>
       </c>
       <c r="F7">
         <v>29</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
@@ -1669,51 +1669,51 @@
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>10730Про внесення змін до рішення міської ради від 19.10.2023 № 48-11 «Про затвердження міської програми надання медичних послуг жителям міста Черкаси понад обсяг, передбачений програмою державних</t>
+          <t>10730Про внесення змін до рішення міської ради від 19.10.2023 № 48-11 «Про затвердження міської програми надання медичних послуг жителям міста Черкаси понад обсяг, передбачений програмою державних гарантій медичного обслуговування населення, на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>57</v>
       </c>
       <c r="E9" t="s">
         <v>51</v>
       </c>
       <c r="F9">
         <v>29</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>0</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -1963,51 +1963,51 @@
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>10732Про внесення змін до рішення Черкаської міської ради від 30.07.2024 №61-7 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів права міської комунальної</t>
+          <t>10732Про внесення змін до рішення Черкаської міської ради від 30.07.2024 №61-7 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>57</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11">
         <v>29</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
@@ -2257,51 +2257,51 @@
       <c r="AR12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>10734Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення до</t>
+          <t>10734Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення до житлових будинків № 31/2, 33 по вул. Праведниці Шулежко, м. Черкаси</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>51</v>
       </c>
       <c r="F13">
         <v>29</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
@@ -2553,51 +2553,51 @@
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>10736Про внесення змін до рішення Черкаської міської ради від 27.06.2019 №2-4692 «Про встановлення ставок та пільг із сплати податку на нерухоме майно, відмінне від земельної ділянки на території міста</t>
+          <t>10736Про внесення змін до рішення Черкаської міської ради від 27.06.2019 №2-4692 «Про встановлення ставок та пільг із сплати податку на нерухоме майно, відмінне від земельної ділянки на території міста Черкаси» (із змінами)</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
       <c r="E15" t="s">
         <v>51</v>
       </c>
       <c r="F15">
         <v>29</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
@@ -2993,51 +2993,51 @@
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>10739Про відмову Головному центру підготовки особового складу Державної прикордонної служби України імені генерал-майора Ігоря Момота у встановленні пільги зі сплати за оренду об’єкту міської</t>
+          <t>10739Про відмову Головному центру підготовки особового складу Державної прикордонної служби України імені генерал-майора Ігоря Момота у встановленні пільги зі сплати за оренду об’єкту міської комунальної власності</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18">
         <v>29</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3289,51 +3289,51 @@
       <c r="AR19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>10741Про встановлення Головному центру підготовки особового складу Державної прикордонної служби України імені генерал-майора Ігоря Момота пільги зі сплати за оренду об’єкту міської</t>
+          <t>10741Про встановлення Головному центру підготовки особового складу Державної прикордонної служби України імені генерал-майора Ігоря Момота пільги зі сплати за оренду об’єкту міської комунальної власності</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>51</v>
       </c>
       <c r="F20">
         <v>29</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>0</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>52</v>
@@ -3437,51 +3437,51 @@
       <c r="AR20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV20" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>10742Про визнання рішення Черкаської міської ради від 04.02.2025 № 73-11 «Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України</t>
+          <t>10742Про визнання рішення Черкаської міської ради від 04.02.2025 № 73-11 «Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України до комунальної власності Черкаської міської територіальної громади окремого індивідуально визначеного майна» таким, що втратило чинність</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>51</v>
       </c>
       <c r="F21">
         <v>29</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>52</v>
@@ -3585,51 +3585,51 @@
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>10743Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України до комунальної власності Черкаської міської територіальної</t>
+          <t>10743Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України до комунальної власності Черкаської міської територіальної громади окремого індивідуально визначеного майна</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>51</v>
       </c>
       <c r="F22">
         <v>29</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>0</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
@@ -3881,51 +3881,51 @@
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>56</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>10745Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення</t>
+          <t>10745Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення Черкаської міської ради від 24.04.2017 № 2-1977 «Про перейменування територіального центру соціальної допомоги Соснівського району м. Черкаси та реорганізацію територіального центру соціальної допомоги Придніпровського району м. Черкаси»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24">
         <v>29</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
@@ -6101,51 +6101,51 @@
       <c r="AR38" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV38" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>67</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>10760Про внесення змін до рішення виконавчого комітету Черкаської міської ради від 04.11.2022 № 964 «Про затвердження Програми впорядкування тимчасових споруд і зовнішньої реклами на території міста</t>
+          <t>10760Про внесення змін до рішення виконавчого комітету Черкаської міської ради від 04.11.2022 № 964 «Про затвердження Програми впорядкування тимчасових споруд і зовнішньої реклами на території міста Черкаси на 2023-2025 роки»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>50</v>
       </c>
       <c r="E39" t="s">
         <v>51</v>
       </c>
       <c r="F39">
         <v>27</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>2</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>52</v>
@@ -14685,51 +14685,51 @@
       <c r="AR96" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV96" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>73</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>10826Про передачу земельної ділянки у власність на території садівничого товариства «Будівельник» (діл. № 415) Черкаського міського об’єднання садівничих товариств «Садівник» громадянину</t>
+          <t>10826Про передачу земельної ділянки у власність на території садівничого товариства «Будівельник» (діл. № 415) Черкаського міського об’єднання садівничих товариств «Садівник» громадянину Окрепкому І.Я</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>57</v>
       </c>
       <c r="E97" t="s">
         <v>51</v>
       </c>
       <c r="F97">
         <v>27</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
         <v>2</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>52</v>
@@ -16757,51 +16757,51 @@
       <c r="AR110" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV110" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>73</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>10840Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території існуючого садового товариства «Комунальник» (діл. № 502) Черкаського міського об’єднання</t>
+          <t>10840Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території існуючого садового товариства «Комунальник» (діл. № 502) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці Коковіній С.П.</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>57</v>
       </c>
       <c r="E111" t="s">
         <v>51</v>
       </c>
       <c r="F111">
         <v>27</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
         <v>2</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>52</v>
@@ -16905,51 +16905,51 @@
       <c r="AR111" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV111" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>73</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>10841Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території існуючого садового товариства «Перемога» (діл. № 570) Черкаського міського об’єднання</t>
+          <t>10841Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території існуючого садового товариства «Перемога» (діл. № 570) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці Бережній Л.П.</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>57</v>
       </c>
       <c r="E112" t="s">
         <v>51</v>
       </c>
       <c r="F112">
         <v>27</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
         <v>2</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>52</v>
@@ -19567,51 +19567,51 @@
       <c r="AR129" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV129" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>73</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>10859Про надання громадянину Красюку Віталію Анатолійовичу дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки земельної</t>
+          <t>10859Про надання громадянину Красюку Віталію Анатолійовичу дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки земельної ділянки по вул. Сержанта Волкова, 271</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>57</v>
       </c>
       <c r="E130" t="s">
         <v>51</v>
       </c>
       <c r="F130">
         <v>27</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
         <v>2</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>52</v>
@@ -19715,51 +19715,51 @@
       <c r="AR130" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV130" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>73</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>10860Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки в районі бульв.</t>
+          <t>10860Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки в районі бульв. Шевченка та вул. Івана Франка та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>57</v>
       </c>
       <c r="E131" t="s">
         <v>51</v>
       </c>
       <c r="F131">
         <v>27</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>2</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>52</v>
@@ -22379,51 +22379,51 @@
       <c r="AR148" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV148" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>73</v>
       </c>
       <c r="C149" t="inlineStr" s="4">
         <is>
-          <t>10878Про надання ДЕПАРТАМЕНТУ ДОРОЖНЬО-ТРАНСПОРТНОЇ ІНФРАСТРУКТУРИ ТА ЕКОЛОГІЇ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розроблення документації із землеустрою в районі вул. Канівська, вул. Вікентія</t>
+          <t>10878Про надання ДЕПАРТАМЕНТУ ДОРОЖНЬО-ТРАНСПОРТНОЇ ІНФРАСТРУКТУРИ ТА ЕКОЛОГІЇ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розроблення документації із землеустрою в районі вул. Канівська, вул. Вікентія Хвойки та вул. Олександра Кониського (парк-пам’ятка садово-паркового мистецтва місцевого значення «Дахнівський лісопарк»)</t>
         </is>
       </c>
       <c r="D149" t="s">
         <v>57</v>
       </c>
       <c r="E149" t="s">
         <v>51</v>
       </c>
       <c r="F149">
         <v>27</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
         <v>2</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>52</v>
@@ -22675,51 +22675,51 @@
       <c r="AR150" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV150" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
         <v>73</v>
       </c>
       <c r="C151" t="inlineStr" s="4">
         <is>
-          <t>10880Про надання ДЕПАРТАМЕНТУ АРХІТЕКТУРИ ТА МІСТОБУДУВАННЯ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул.</t>
+          <t>10880Про надання ДЕПАРТАМЕНТУ АРХІТЕКТУРИ ТА МІСТОБУДУВАННЯ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Святителя-хірурга Луки, 4</t>
         </is>
       </c>
       <c r="D151" t="s">
         <v>57</v>
       </c>
       <c r="E151" t="s">
         <v>51</v>
       </c>
       <c r="F151">
         <v>27</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
         <v>2</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>52</v>
@@ -23415,51 +23415,51 @@
       <c r="AR155" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT155" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU155" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV155" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
         <v>73</v>
       </c>
       <c r="C156" t="inlineStr" s="4">
         <is>
-          <t>10885Про внесення змін до рішення Черкаської міської ради від 31.10.2024 № 66-137 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,1150 га по проспекту Хіміків (ліворуч від</t>
+          <t>10885Про внесення змін до рішення Черкаської міської ради від 31.10.2024 № 66-137 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,1150 га по проспекту Хіміків (ліворуч від будівлі № 74/1) та затвердження умов проведення земельних торгів»</t>
         </is>
       </c>
       <c r="D156" t="s">
         <v>57</v>
       </c>
       <c r="E156" t="s">
         <v>51</v>
       </c>
       <c r="F156">
         <v>27</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156">
         <v>2</v>
       </c>
       <c r="I156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J156" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K156" t="s" s="5">
         <v>52</v>
@@ -24597,51 +24597,51 @@
       <c r="AR163" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT163" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU163" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV163" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
         <v>73</v>
       </c>
       <c r="C164" t="inlineStr" s="4">
         <is>
-          <t>10893Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Лейтенанта Мукана, 4, яка перебуває в оренді гр. Верби Т.І., з метою оформлення</t>
+          <t>10893Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Лейтенанта Мукана, 4, яка перебуває в оренді гр. Верби Т.І., з метою оформлення права користування її частиною гр. Худолієм В.М.</t>
         </is>
       </c>
       <c r="D164" t="s">
         <v>57</v>
       </c>
       <c r="E164" t="s">
         <v>51</v>
       </c>
       <c r="F164">
         <v>27</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164">
         <v>2</v>
       </c>
       <c r="I164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J164" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K164" t="s" s="5">
         <v>52</v>
@@ -30487,51 +30487,51 @@
       <c r="AR203" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS203" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT203" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU203" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV203" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
         <v>73</v>
       </c>
       <c r="C204" t="inlineStr" s="4">
         <is>
-          <t>10933Про відмову у включенні до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській біля будинку №</t>
+          <t>10933Про відмову у включенні до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській біля будинку № 38/1 (витяг № 8551-02-16 від 13.01.2025)</t>
         </is>
       </c>
       <c r="D204" t="s">
         <v>57</v>
       </c>
       <c r="E204" t="s">
         <v>51</v>
       </c>
       <c r="F204">
         <v>27</v>
       </c>
       <c r="G204">
         <v>0</v>
       </c>
       <c r="H204">
         <v>2</v>
       </c>
       <c r="I204" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J204" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K204" t="s" s="5">
         <v>52</v>
@@ -30635,51 +30635,51 @@
       <c r="AR204" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS204" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT204" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU204" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV204" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
         <v>73</v>
       </c>
       <c r="C205" t="inlineStr" s="4">
         <is>
-          <t>10934Про відмову у включенні до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській біля будинку №</t>
+          <t>10934Про відмову у включенні до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській біля будинку № 38/1 (витяг № 8550-02-16 від 13.01.2025)</t>
         </is>
       </c>
       <c r="D205" t="s">
         <v>57</v>
       </c>
       <c r="E205" t="s">
         <v>51</v>
       </c>
       <c r="F205">
         <v>27</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205">
         <v>2</v>
       </c>
       <c r="I205" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J205" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K205" t="s" s="5">
         <v>52</v>
@@ -31227,51 +31227,51 @@
       <c r="AR208" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS208" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT208" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU208" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV208" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
         <v>73</v>
       </c>
       <c r="C209" t="inlineStr" s="4">
         <is>
-          <t>10938Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Говоровському Д.Ю. (вільна земельна ділянка, учасник</t>
+          <t>10938Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Говоровському Д.Ю. (вільна земельна ділянка, учасник бойових дій)</t>
         </is>
       </c>
       <c r="D209" t="s">
         <v>57</v>
       </c>
       <c r="E209" t="s">
         <v>51</v>
       </c>
       <c r="F209">
         <v>27</v>
       </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209">
         <v>2</v>
       </c>
       <c r="I209" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J209" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K209" t="s" s="5">
         <v>52</v>
@@ -31523,51 +31523,51 @@
       <c r="AR210" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS210" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT210" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU210" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV210" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
         <v>73</v>
       </c>
       <c r="C211" t="inlineStr" s="4">
         <is>
-          <t>10940Про відмову РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ХРИСТИЯН ВІРИ ЄВАНГЕЛЬСЬКОЇ «УКРАЇНСЬКА ХРИСТИЯНСЬКА ЦЕРКВА С. РУСЬКА ПОЛЯНА» у наданні в постійне користування земельної ділянки по</t>
+          <t>10940Про відмову РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ХРИСТИЯН ВІРИ ЄВАНГЕЛЬСЬКОЇ «УКРАЇНСЬКА ХРИСТИЯНСЬКА ЦЕРКВА С. РУСЬКА ПОЛЯНА» у наданні в постійне користування земельної ділянки по вул. Володимира Великого (біля будинку № 106)</t>
         </is>
       </c>
       <c r="D211" t="s">
         <v>57</v>
       </c>
       <c r="E211" t="s">
         <v>51</v>
       </c>
       <c r="F211">
         <v>27</v>
       </c>
       <c r="G211">
         <v>0</v>
       </c>
       <c r="H211">
         <v>2</v>
       </c>
       <c r="I211" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J211" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K211" t="s" s="5">
         <v>52</v>
@@ -32411,51 +32411,51 @@
       <c r="AR216" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS216" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT216" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV216" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
         <v>96</v>
       </c>
       <c r="C217" t="inlineStr" s="4">
         <is>
-          <t>10946Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>10946Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D217" t="s">
         <v>50</v>
       </c>
       <c r="E217" t="s">
         <v>63</v>
       </c>
       <c r="F217">
         <v>11</v>
       </c>
       <c r="G217">
         <v>0</v>
       </c>
       <c r="H217">
         <v>0</v>
       </c>
       <c r="I217" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J217" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K217" t="s" s="5">
         <v>54</v>
@@ -33447,51 +33447,51 @@
       <c r="AR223" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AS223" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AT223" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AU223" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV223" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
         <v>105</v>
       </c>
       <c r="C224" t="inlineStr" s="4">
         <is>
-          <t>10953Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С.</t>
+          <t>10953Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С. (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D224" t="s">
         <v>50</v>
       </c>
       <c r="E224" t="s">
         <v>63</v>
       </c>
       <c r="F224">
         <v>8</v>
       </c>
       <c r="G224">
         <v>0</v>
       </c>
       <c r="H224">
         <v>0</v>
       </c>
       <c r="I224" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J224" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K224" t="s" s="5">
         <v>54</v>
@@ -33595,51 +33595,51 @@
       <c r="AR224" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS224" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT224" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV224" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
         <v>106</v>
       </c>
       <c r="C225" t="inlineStr" s="4">
         <is>
-          <t>10954Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по</t>
+          <t>10954Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по справі № 2а-7421/2011</t>
         </is>
       </c>
       <c r="D225" t="s">
         <v>50</v>
       </c>
       <c r="E225" t="s">
         <v>63</v>
       </c>
       <c r="F225">
         <v>9</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
       <c r="H225">
         <v>0</v>
       </c>
       <c r="I225" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J225" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K225" t="s" s="5">
         <v>54</v>
@@ -34181,51 +34181,51 @@
       <c r="AR228" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS228" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT228" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU228" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV228" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
         <v>113</v>
       </c>
       <c r="C229" t="inlineStr" s="4">
         <is>
-          <t>10958Про відмову КП «БЛАГОУСТРІЙ» у наданні дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра біля перетину з вул. Сержанта Жужоми ((пляж «Митницький») вільна земельна</t>
+          <t>10958Про відмову КП «БЛАГОУСТРІЙ» у наданні дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра біля перетину з вул. Сержанта Жужоми ((пляж «Митницький») вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D229" t="s">
         <v>98</v>
       </c>
       <c r="E229" t="s">
         <v>51</v>
       </c>
       <c r="F229">
         <v>22</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
       <c r="H229">
         <v>0</v>
       </c>
       <c r="I229" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J229" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K229" t="s" s="5">
         <v>52</v>
@@ -34477,51 +34477,51 @@
       <c r="AR230" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS230" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT230" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV230" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
         <v>115</v>
       </c>
       <c r="C231" t="inlineStr" s="4">
         <is>
-          <t>10960Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельних ділянок Черкаської міської ради в районі вул. Михайла Грушевського та вул. Оборонної та в</t>
+          <t>10960Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельних ділянок Черкаської міської ради в районі вул. Михайла Грушевського та вул. Оборонної та в районі вул. Олени Теліги та вул. Вернигори, з метою виконання рішення Господарського суду Черкаської області по справі № 925/232/15</t>
         </is>
       </c>
       <c r="D231" t="s">
         <v>50</v>
       </c>
       <c r="E231" t="s">
         <v>63</v>
       </c>
       <c r="F231">
         <v>16</v>
       </c>
       <c r="G231">
         <v>0</v>
       </c>
       <c r="H231">
         <v>0</v>
       </c>
       <c r="I231" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J231" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K231" t="s" s="5">
         <v>54</v>
@@ -34625,51 +34625,51 @@
       <c r="AR231" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS231" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT231" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV231" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
         <v>116</v>
       </c>
       <c r="C232" t="inlineStr" s="4">
         <is>
-          <t>10961Про надання КОМУНАЛЬ-НОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі</t>
+          <t>10961Про надання КОМУНАЛЬ-НОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі вулиць Академіка Корольова, Оборонна та Андрія Мельника</t>
         </is>
       </c>
       <c r="D232" t="s">
         <v>50</v>
       </c>
       <c r="E232" t="s">
         <v>63</v>
       </c>
       <c r="F232">
         <v>17</v>
       </c>
       <c r="G232">
         <v>0</v>
       </c>
       <c r="H232">
         <v>1</v>
       </c>
       <c r="I232" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J232" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K232" t="s" s="5">
         <v>54</v>