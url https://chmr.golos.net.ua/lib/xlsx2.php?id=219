--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -889,51 +889,51 @@
       <c r="AR3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>10512Про внесення змін до рішення Черкаської міської ради від 14.02.2023 №36-19 «Про затвердження Програми співфінансування капітального ремонту та реконструкції багатоквартирних житлових будинків</t>
+          <t>10512Про внесення змін до рішення Черкаської міської ради від 14.02.2023 №36-19 «Про затвердження Програми співфінансування капітального ремонту та реконструкції багатоквартирних житлових будинків (крім ОСББ) у місті Черкаси  на 2023-2025 роки»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>49</v>
       </c>
       <c r="E4" t="s">
         <v>50</v>
       </c>
       <c r="F4">
         <v>26</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
@@ -1481,51 +1481,51 @@
       <c r="AR7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>10516Про затвердження передавального акта Черкаського навчально-виховного об`єднання «Дошкільний навчальний заклад - загальноосвітня школа І-ІІ ступенів №36» ім. Героїв-прикордонників</t>
+          <t>10516Про затвердження передавального акта Черкаського навчально-виховного об`єднання «Дошкільний навчальний заклад - загальноосвітня школа І-ІІ ступенів №36» ім. Героїв-прикордонників Черкаської міської ради Черкаської області</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>0</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -1921,51 +1921,51 @@
       <c r="AR10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>10519Про визнання рішення Черкаської міської ради від 31.10.2024 № 66-14 «Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України</t>
+          <t>10519Про визнання рішення Черкаської міської ради від 31.10.2024 № 66-14 «Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України до комунальної власності Черкаської міської територіальної громади окремого індивідуально визначеного майна» таким, що втратило чинність</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>49</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>26</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
@@ -2069,51 +2069,51 @@
       <c r="AR11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>10520Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України до комунальної власності Черкаської міської територіальної</t>
+          <t>10520Про надання згоди на безоплатне прийняття з державної власності із сфери управління Міністерства соціальної політики України до комунальної власності Черкаської міської територіальної громади окремого індивідуально визначеного майна</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>49</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12">
         <v>26</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
         <v>0</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>52</v>
@@ -2217,51 +2217,51 @@
       <c r="AR12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>10521Про розгляд електронної петиції Че/2355-еп щодо встановлення світлофору  на перехресті вулиць Руставі та Тараскова, а також камери контролю швидкості руху транспорту по вулиці Руставі, буд. 19</t>
+          <t>10521Про розгляд електронної петиції Че/2355-еп щодо встановлення світлофору  на перехресті вулиць Руставі та Тараскова, а також камери контролю швидкості руху транспорту по вулиці Руставі, буд. 19 в обидві сторони дороги у м. Черкаси.</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13">
         <v>26</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
@@ -2513,51 +2513,51 @@
       <c r="AR14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>10523Про розгляд електронної петиції щодо встановлення засобів заспокоєння дорожнього руху по вулиці Вікентія Хвойки, 5 та біля входу до ЗОШ № 29 по вулиці Сержанта Волкова та влаштування</t>
+          <t>10523Про розгляд електронної петиції щодо встановлення засобів заспокоєння дорожнього руху по вулиці Вікентія Хвойки, 5 та біля входу до ЗОШ № 29 по вулиці Сержанта Волкова та влаштування тротуару в районі школи</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>49</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15">
         <v>26</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>52</v>
@@ -2957,51 +2957,51 @@
       <c r="AR17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV17" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>10526Про внесення змін до рішення Черкаської міської ради від 02.03.2024 №38-12 «Про закріплення територій за комунальним підприємством «Благоустрій» Черкаської міської ради для їх подальшого</t>
+          <t>10526Про внесення змін до рішення Черкаської міської ради від 02.03.2024 №38-12 «Про закріплення територій за комунальним підприємством «Благоустрій» Черкаської міської ради для їх подальшого утримання, благоустрою та обслуговування»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>49</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18">
         <v>26</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>52</v>
@@ -3991,51 +3991,51 @@
       <c r="AR24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV24" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>10533Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я)</t>
+          <t>10533Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я) Черкаської міської ради на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>58</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25">
         <v>24</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>3</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>59</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
@@ -4877,51 +4877,51 @@
       <c r="AR30" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV30" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>10547Про розгляд електронної петиції Че/2377-еп щодо затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей –</t>
+          <t>10547Про розгляд електронної петиції Че/2377-еп щодо затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів  м. Черкаси на 2025-2027 роки</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>58</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31">
         <v>28</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>59</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>51</v>
@@ -5469,51 +5469,51 @@
       <c r="AR34" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV34" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>10556Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території садівничого товариства «Будівельник» (діл. № 415) Черкаського міського об’єднання</t>
+          <t>10556Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території садівничого товариства «Будівельник» (діл. № 415) Черкаського міського об’єднання садівничих товариств «Садівник» громадянину Окрепкому І.Я.</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>49</v>
       </c>
       <c r="E35" t="s">
         <v>50</v>
       </c>
       <c r="F35">
         <v>25</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35">
         <v>2</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>51</v>
@@ -6653,51 +6653,51 @@
       <c r="AR42" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV42" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>72</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>10564Про передачу земельної ділянки у власність на території існуючого садового товариства «Перемога» (діл. № 540) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці</t>
+          <t>10564Про передачу земельної ділянки у власність на території існуючого садового товариства «Перемога» (діл. № 540) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці Магеррамовій М.В.</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>49</v>
       </c>
       <c r="E43" t="s">
         <v>50</v>
       </c>
       <c r="F43">
         <v>25</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43">
         <v>2</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -8429,51 +8429,51 @@
       <c r="AR54" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV54" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>72</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>10576Про надання дозволу на розроблення документації із землеустрою на земельну ділянку в межах існуючого домоволодіння по вул. Євгена Коновальця, 12 громадянам Новіку В.Г., Загрядській Г.М.,</t>
+          <t>10576Про надання дозволу на розроблення документації із землеустрою на земельну ділянку в межах існуючого домоволодіння по вул. Євгена Коновальця, 12 громадянам Новіку В.Г., Загрядській Г.М., Лінецькій Н.М., Загрядському С.М.</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>49</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55">
         <v>25</v>
       </c>
       <c r="G55">
         <v>1</v>
       </c>
       <c r="H55">
         <v>2</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>51</v>
@@ -15089,51 +15089,51 @@
       <c r="AR99" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV99" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>72</v>
       </c>
       <c r="C100" t="inlineStr" s="4">
         <is>
-          <t>10621Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Дахнівській (перспективна адреса</t>
+          <t>10621Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Дахнівській (перспективна адреса вул. Дахнівська, 27) та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D100" t="s">
         <v>49</v>
       </c>
       <c r="E100" t="s">
         <v>50</v>
       </c>
       <c r="F100">
         <v>25</v>
       </c>
       <c r="G100">
         <v>1</v>
       </c>
       <c r="H100">
         <v>2</v>
       </c>
       <c r="I100" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>51</v>
@@ -15237,51 +15237,51 @@
       <c r="AR100" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV100" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>72</v>
       </c>
       <c r="C101" t="inlineStr" s="4">
         <is>
-          <t>10622Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Соснівській (витяг від 07.11.2024 №</t>
+          <t>10622Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Соснівській (витяг від 07.11.2024 № 6829-06-01-14), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D101" t="s">
         <v>49</v>
       </c>
       <c r="E101" t="s">
         <v>50</v>
       </c>
       <c r="F101">
         <v>25</v>
       </c>
       <c r="G101">
         <v>1</v>
       </c>
       <c r="H101">
         <v>2</v>
       </c>
       <c r="I101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K101" t="s" s="5">
         <v>51</v>
@@ -15385,51 +15385,51 @@
       <c r="AR101" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV101" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>72</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>10623Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Соснівській (витяг від 07.11.2024 №</t>
+          <t>10623Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Соснівській (витяг від 07.11.2024 № 6828-06-01-14), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>49</v>
       </c>
       <c r="E102" t="s">
         <v>50</v>
       </c>
       <c r="F102">
         <v>25</v>
       </c>
       <c r="G102">
         <v>1</v>
       </c>
       <c r="H102">
         <v>2</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>51</v>
@@ -15977,51 +15977,51 @@
       <c r="AR105" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV105" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>72</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>10627Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Володимира</t>
+          <t>10627Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Володимира Великого (біля будівлі № 112) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>49</v>
       </c>
       <c r="E106" t="s">
         <v>50</v>
       </c>
       <c r="F106">
         <v>25</v>
       </c>
       <c r="G106">
         <v>1</v>
       </c>
       <c r="H106">
         <v>2</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>51</v>
@@ -16125,51 +16125,51 @@
       <c r="AR106" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV106" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>72</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
-          <t>10628Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Будіндустрії та надання дозволу на</t>
+          <t>10628Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Будіндустрії та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>49</v>
       </c>
       <c r="E107" t="s">
         <v>50</v>
       </c>
       <c r="F107">
         <v>25</v>
       </c>
       <c r="G107">
         <v>1</v>
       </c>
       <c r="H107">
         <v>2</v>
       </c>
       <c r="I107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>51</v>
@@ -16273,51 +16273,51 @@
       <c r="AR107" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV107" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>72</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>10629Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Набережній та надання дозволу на</t>
+          <t>10629Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Набережній та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>49</v>
       </c>
       <c r="E108" t="s">
         <v>50</v>
       </c>
       <c r="F108">
         <v>25</v>
       </c>
       <c r="G108">
         <v>1</v>
       </c>
       <c r="H108">
         <v>2</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>51</v>
@@ -17309,51 +17309,51 @@
       <c r="AR114" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV114" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>72</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>10636Про надання ТОВ «ЧЕРКАСЬКИЙ ЦЕНТРАЛЬНИЙ РИНОК» дозволу на розроблення технічної документації із землеустрою щодо поділу земельних ділянок по вул. В’ячеслава Чорновола, 50 та по вул.</t>
+          <t>10636Про надання ТОВ «ЧЕРКАСЬКИЙ ЦЕНТРАЛЬНИЙ РИНОК» дозволу на розроблення технічної документації із землеустрою щодо поділу земельних ділянок по вул. В’ячеслава Чорновола, 50 та по вул. Небесної Сотні, 30</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>49</v>
       </c>
       <c r="E115" t="s">
         <v>50</v>
       </c>
       <c r="F115">
         <v>25</v>
       </c>
       <c r="G115">
         <v>1</v>
       </c>
       <c r="H115">
         <v>2</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>51</v>
@@ -17753,51 +17753,51 @@
       <c r="AR117" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV117" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>72</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>10639Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ПП «ПРОМХОЛОД» по проспекту Перемоги, 7/6 та на-дання її частини в оренду ТОВ</t>
+          <t>10639Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ПП «ПРОМХОЛОД» по проспекту Перемоги, 7/6 та на-дання її частини в оренду ТОВ «ПРОМХОЛОД ДТ»</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>49</v>
       </c>
       <c r="E118" t="s">
         <v>50</v>
       </c>
       <c r="F118">
         <v>25</v>
       </c>
       <c r="G118">
         <v>1</v>
       </c>
       <c r="H118">
         <v>2</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>51</v>
@@ -17901,51 +17901,51 @@
       <c r="AR118" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV118" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
         <v>72</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
-          <t>10640Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді гр. Гайдар І.В. по вул. Різдвяній, 175 та надання її частини в оренду гр. Олексенко</t>
+          <t>10640Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді гр. Гайдар І.В. по вул. Різдвяній, 175 та надання її частини в оренду гр. Олексенко Т.С.</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>49</v>
       </c>
       <c r="E119" t="s">
         <v>50</v>
       </c>
       <c r="F119">
         <v>25</v>
       </c>
       <c r="G119">
         <v>1</v>
       </c>
       <c r="H119">
         <v>2</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>51</v>
@@ -18049,51 +18049,51 @@
       <c r="AR119" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV119" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>72</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>10641Про надання ПРИВАТНОМУ АКЦІОНЕРНОМУ ТОВАРИСТВУ «НАВЧАЛЬНО - ВИРОБНИЧИЙ КОМБІНАТ «АГРОБУДОСВІТА» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної</t>
+          <t>10641Про надання ПРИВАТНОМУ АКЦІОНЕРНОМУ ТОВАРИСТВУ «НАВЧАЛЬНО - ВИРОБНИЧИЙ КОМБІНАТ «АГРОБУДОСВІТА» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Сумгаїтській, 17 та 17/1</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>49</v>
       </c>
       <c r="E120" t="s">
         <v>50</v>
       </c>
       <c r="F120">
         <v>25</v>
       </c>
       <c r="G120">
         <v>1</v>
       </c>
       <c r="H120">
         <v>2</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>51</v>
@@ -23933,51 +23933,51 @@
       <c r="AR159" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT159" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU159" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV159" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
         <v>72</v>
       </c>
       <c r="C160" t="inlineStr" s="4">
         <is>
-          <t>10681Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров.</t>
+          <t>10681Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров. Шовковичний, 9) громадянину Фещенку А.П. (існуюче садівниче товариство)</t>
         </is>
       </c>
       <c r="D160" t="s">
         <v>49</v>
       </c>
       <c r="E160" t="s">
         <v>50</v>
       </c>
       <c r="F160">
         <v>25</v>
       </c>
       <c r="G160">
         <v>1</v>
       </c>
       <c r="H160">
         <v>2</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>51</v>
@@ -24821,51 +24821,51 @@
       <c r="AR165" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT165" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU165" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV165" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
         <v>72</v>
       </c>
       <c r="C166" t="inlineStr" s="4">
         <is>
-          <t>10687Про відмову у наданні РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ХРИСТИЯН ВІРИ ЄВАНГЕЛЬСЬКОЇ «УКРАЇНСЬКА ХРИСТИЯНСЬКА ЦЕРКВА С. РУСЬКА ПОЛЯНА» дозволу на розроблення документації із</t>
+          <t>10687Про відмову у наданні РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ХРИСТИЯН ВІРИ ЄВАНГЕЛЬСЬКОЇ «УКРАЇНСЬКА ХРИСТИЯНСЬКА ЦЕРКВА С. РУСЬКА ПОЛЯНА» дозволу на розроблення документації із землеустрою по вул. Володимира Великого (біля будинку № 106)</t>
         </is>
       </c>
       <c r="D166" t="s">
         <v>49</v>
       </c>
       <c r="E166" t="s">
         <v>50</v>
       </c>
       <c r="F166">
         <v>25</v>
       </c>
       <c r="G166">
         <v>1</v>
       </c>
       <c r="H166">
         <v>2</v>
       </c>
       <c r="I166" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J166" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K166" t="s" s="5">
         <v>51</v>
@@ -25117,51 +25117,51 @@
       <c r="AR167" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU167" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV167" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
         <v>72</v>
       </c>
       <c r="C168" t="inlineStr" s="4">
         <is>
-          <t>10689Про відмову у включенні до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса (біля</t>
+          <t>10689Про відмову у включенні до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса (біля домоволодіння № 79)</t>
         </is>
       </c>
       <c r="D168" t="s">
         <v>49</v>
       </c>
       <c r="E168" t="s">
         <v>50</v>
       </c>
       <c r="F168">
         <v>25</v>
       </c>
       <c r="G168">
         <v>1</v>
       </c>
       <c r="H168">
         <v>2</v>
       </c>
       <c r="I168" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J168" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K168" t="s" s="5">
         <v>51</v>
@@ -26301,51 +26301,51 @@
       <c r="AR175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT175" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU175" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV175" t="s" s="5">
         <v>59</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
         <v>93</v>
       </c>
       <c r="C176" t="inlineStr" s="4">
         <is>
-          <t>10697Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>10697Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D176" t="s">
         <v>58</v>
       </c>
       <c r="E176" t="s">
         <v>70</v>
       </c>
       <c r="F176">
         <v>7</v>
       </c>
       <c r="G176">
         <v>0</v>
       </c>
       <c r="H176">
         <v>2</v>
       </c>
       <c r="I176" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J176" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K176" t="s" s="5">
         <v>52</v>
@@ -27041,51 +27041,51 @@
       <c r="AR180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV180" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
         <v>100</v>
       </c>
       <c r="C181" t="inlineStr" s="4">
         <is>
-          <t>10702Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С.</t>
+          <t>10702Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С. (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D181" t="s">
         <v>58</v>
       </c>
       <c r="E181" t="s">
         <v>70</v>
       </c>
       <c r="F181">
         <v>9</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181">
         <v>1</v>
       </c>
       <c r="I181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K181" t="s" s="5">
         <v>52</v>
@@ -27189,51 +27189,51 @@
       <c r="AR181" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU181" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV181" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
         <v>101</v>
       </c>
       <c r="C182" t="inlineStr" s="4">
         <is>
-          <t>10703Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по</t>
+          <t>10703Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по справі № 2а-7421/2011</t>
         </is>
       </c>
       <c r="D182" t="s">
         <v>58</v>
       </c>
       <c r="E182" t="s">
         <v>70</v>
       </c>
       <c r="F182">
         <v>4</v>
       </c>
       <c r="G182">
         <v>0</v>
       </c>
       <c r="H182">
         <v>3</v>
       </c>
       <c r="I182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J182" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K182" t="s" s="5">
         <v>52</v>