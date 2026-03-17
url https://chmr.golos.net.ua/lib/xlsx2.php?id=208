--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1750,51 +1750,51 @@
       <c r="AR9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>9754Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської</t>
+          <t>9754Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської територіальної громади на 2023-2026 роки»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>58</v>
       </c>
       <c r="E10" t="s">
         <v>51</v>
       </c>
       <c r="F10">
         <v>30</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
         <v>0</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>53</v>
@@ -1898,51 +1898,51 @@
       <c r="AR10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>9755Про внесення змін до міської програми організації і сприяння приписці громадян до призовних дільниць, їх призову на військову службу та здійснення заходів, пов’язаних з мобілізацією у</t>
+          <t>9755Про внесення змін до міської програми організації і сприяння приписці громадян до призовних дільниць, їх призову на військову службу та здійснення заходів, пов’язаних з мобілізацією у 2022-2024 роках затвердженої рішенням Черкаської міської ради від 23.12.2021 № 16-1, зі змінами від 01.12.2022 № 33-22</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>58</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11">
         <v>30</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>53</v>
@@ -2194,51 +2194,51 @@
       <c r="AR12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>9757Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-10 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №3-531 «Про перелік об’єктів права міської комунальної</t>
+          <t>9757Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-10 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №3-531 «Про перелік об’єктів права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління»  </t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>58</v>
       </c>
       <c r="E13" t="s">
         <v>51</v>
       </c>
       <c r="F13">
         <v>30</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>0</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>53</v>
@@ -2342,51 +2342,51 @@
       <c r="AR13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>9758Про відмову Головному центру підготовки особового складу Державної прикордонної служби України імені генерал-майора Ігоря Момота у встановленні пільги зі сплати за оренду об’єктів</t>
+          <t>9758Про відмову Головному центру підготовки особового складу Державної прикордонної служби України імені генерал-майора Ігоря Момота у встановленні пільги зі сплати за оренду об’єктів міської комунальної власності</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>51</v>
       </c>
       <c r="F14">
         <v>30</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>0</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>53</v>
@@ -2490,51 +2490,51 @@
       <c r="AR14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>9759Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» каналізаційної мережі житлового будинку за адресою: м.Черкаси, </t>
+          <t>9759Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» каналізаційної мережі житлового будинку за адресою: м.Черкаси,  вул. Генерала Момота, 13</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15" t="s">
         <v>51</v>
       </c>
       <c r="F15">
         <v>30</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>53</v>
@@ -2638,51 +2638,51 @@
       <c r="AR15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>9760Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» водопровідної мережі житлового будинку за адресою: м.</t>
+          <t>9760Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» водопровідної мережі житлового будинку за адресою: м. Черкаси, вул. Сергія Амброса, 96/3</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
         <v>51</v>
       </c>
       <c r="F16">
         <v>30</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>53</v>
@@ -4412,51 +4412,51 @@
       <c r="AR27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV27" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>63</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>9772Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м.</t>
+          <t>9772Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м. Черкас до опалювального сезону в умовах воєнного стану на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>50</v>
       </c>
       <c r="E28" t="s">
         <v>51</v>
       </c>
       <c r="F28">
         <v>30</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
         <v>2</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>53</v>
@@ -11072,51 +11072,51 @@
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV72" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>72</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>9820Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території існуючого садового товариства «Перемога» (діл. № 540) Черкаського міського об’єднання</t>
+          <t>9820Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території існуючого садового товариства «Перемога» (діл. № 540) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці Магеррамовій М.В.</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>58</v>
       </c>
       <c r="E73" t="s">
         <v>51</v>
       </c>
       <c r="F73">
         <v>29</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>53</v>
@@ -17582,51 +17582,51 @@
       <c r="AR116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV116" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>80</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>9864Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>9864Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>50</v>
       </c>
       <c r="E117" t="s">
         <v>65</v>
       </c>
       <c r="F117">
         <v>10</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
         <v>1</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>53</v>
@@ -17730,51 +17730,51 @@
       <c r="AR117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV117" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>81</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>9865Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
+          <t>9865Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>50</v>
       </c>
       <c r="E118" t="s">
         <v>65</v>
       </c>
       <c r="F118">
         <v>10</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>1</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>53</v>
@@ -18174,51 +18174,51 @@
       <c r="AR120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV120" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>86</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>9868Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2</t>
+          <t>9868Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2 групи)</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>50</v>
       </c>
       <c r="E121" t="s">
         <v>65</v>
       </c>
       <c r="F121">
         <v>6</v>
       </c>
       <c r="G121">
         <v>2</v>
       </c>
       <c r="H121">
         <v>1</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>53</v>
@@ -18766,51 +18766,51 @@
       <c r="AR124" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV124" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>90</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>9872Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С.</t>
+          <t>9872Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С. (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>50</v>
       </c>
       <c r="E125" t="s">
         <v>65</v>
       </c>
       <c r="F125">
         <v>3</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>3</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>53</v>