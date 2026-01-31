--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -59,50 +59,53 @@
   <si>
     <t>Diskant Roman Volodymyrovych</t>
   </si>
   <si>
     <t>Karas Pavlo Mykolayovych</t>
   </si>
   <si>
     <t>Melnyk Oleksiy Oleksiyovych</t>
   </si>
   <si>
     <t>Minyaylo Valeriy Volodymyrovych</t>
   </si>
   <si>
     <t>Savenko Oleksandr Serhiyovych</t>
   </si>
   <si>
     <t>Sukharkov Ivan Vasylovych</t>
   </si>
   <si>
     <t>Trenkin Yuriy Vasylovych</t>
   </si>
   <si>
     <t>Bondarenko Anatoliy Vasylovych</t>
   </si>
   <si>
+    <t>Shmyhol Serhiy Olehovych</t>
+  </si>
+  <si>
     <t>Abramova Karyna Serhiyivna</t>
   </si>
   <si>
     <t>Ahapova Olena Mykhaylivna</t>
   </si>
   <si>
     <t>Bandura Inna Valeriyivna</t>
   </si>
   <si>
     <t>Batyr Ruslan Anatoliyovych</t>
   </si>
   <si>
     <t>Buryak Svitlana Vyacheslavivna</t>
   </si>
   <si>
     <t>Voloshyn Anatoliy Ivanovych</t>
   </si>
   <si>
     <t>Hladkyy Heorhiy Anatoliyovych</t>
   </si>
   <si>
     <t>Drumashko Volodymyr Hryhorovych</t>
   </si>
   <si>
     <t>Dudka Serhiy Volodymyrovych</t>
@@ -141,53 +144,50 @@
     <t>Mushiyek Andriy Mykhaylovych</t>
   </si>
   <si>
     <t>Pohostinska Yuliya Oleksandrivna</t>
   </si>
   <si>
     <t>Pryadka Serhiy Mykolayovych</t>
   </si>
   <si>
     <t>Ruban Serhiy Leonidovych</t>
   </si>
   <si>
     <t>Salina Yuliya Ivanivna</t>
   </si>
   <si>
     <t>Tronts Tymofiy Volodymyrovych</t>
   </si>
   <si>
     <t>Kholupnyak Kateryna Oleksandrivna</t>
   </si>
   <si>
     <t>Shabatura Serhiy Volodymyrovych</t>
   </si>
   <si>
     <t>Shevchenko Hennadiy Yuriyovych</t>
-  </si>
-[...1 lines deleted...]
-    <t>Shmyhol Serhiy Olehovych</t>
   </si>
   <si>
     <t>Pustovar Vladyslav Volodymyrovych</t>
   </si>
   <si>
     <t>Shynkarova Valeriya Serhiyivna</t>
   </si>
   <si>
     <t>Maslyanko Oksana Anatoliyivna</t>
   </si>
   <si>
     <t>Yefremov Yuriy Valeriyovych</t>
   </si>
   <si>
     <t>20.06.24  10:05:00</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -526,132 +526,132 @@
       <c r="J2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="V2" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="Y2" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="AB2" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="AG2" t="s" s="5">
+      <c r="AH2" t="s" s="5">
         <v>55</v>
       </c>
-      <c r="AH2" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AI2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AL2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AM2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="AM2" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AN2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="AO2" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AP2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AQ2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR2" t="s" s="5">
         <v>54</v>
       </c>
-      <c r="AR2" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AS2" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW2" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>56</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>9419Про внесення змін до рішення Черкаської міської ради від 28.05.2024 №58-38 «Про затвердження Статуту комунального підприємства «Черкасиводоканал» Черкаської міської ради» в новій редакції»</t>
         </is>
@@ -680,123 +680,123 @@
       <c r="K3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AQ3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW3" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
@@ -831,129 +831,129 @@
       <c r="K4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AQ4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AS4" t="s" s="5">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>9421Про внесення змін до рішення Черкаської міської ради від 28.05.2024 № 58-150 «Про продаж на земельних торгах права оренди земельної ділянки по проспекту Перемоги (біля будинку № 8) та затвердження</t>
         </is>
@@ -982,123 +982,123 @@
       <c r="K5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AQ5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
@@ -1133,123 +1133,123 @@
       <c r="K6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
@@ -1284,123 +1284,123 @@
       <c r="K7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AQ7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW7" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
@@ -1435,123 +1435,123 @@
       <c r="K8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AO8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AQ8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW8" t="s" s="5">
         <v>53</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>