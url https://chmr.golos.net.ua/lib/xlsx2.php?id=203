--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -782,51 +782,51 @@
       <c r="AS3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW3" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>9420«Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки площею 12,0560 га по вул. Надпільній, 212, яка перебуває в постійному користуванні УПРАВ-ЛІННЯ ЧЕРКАСЬКОЇ</t>
+          <t>9420«Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки площею 12,0560 га по вул. Надпільній, 212, яка перебуває в постійному користуванні УПРАВ-ЛІННЯ ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ, та передачі її час-тини в постійне користування КП «ДИРЕКЦІЯ ПАРКІВ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ (на виконання рішення Черкаського окружного адміністративного суду від 22 вересня 2023 року по справі № 580/2245/23)»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>59</v>
       </c>
       <c r="E4" t="s">
         <v>57</v>
       </c>
       <c r="F4">
         <v>23</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>52</v>
@@ -933,51 +933,51 @@
       <c r="AS4" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>9421Про внесення змін до рішення Черкаської міської ради від 28.05.2024 № 58-150 «Про продаж на земельних торгах права оренди земельної ділянки по проспекту Перемоги (біля будинку № 8) та затвердження</t>
+          <t>9421Про внесення змін до рішення Черкаської міської ради від 28.05.2024 № 58-150 «Про продаж на земельних торгах права оренди земельної ділянки по проспекту Перемоги (біля будинку № 8) та затвердження умов земельних торгів»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>57</v>
       </c>
       <c r="F5">
         <v>24</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -1084,51 +1084,51 @@
       <c r="AS5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>9422Про розгляд питання щодо на-дання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/6 громадянину</t>
+          <t>9422Про розгляд питання щодо на-дання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/6 громадянину Міцкевичу О. С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>57</v>
       </c>
       <c r="F6">
         <v>24</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>52</v>
@@ -1235,51 +1235,51 @@
       <c r="AS6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>9423Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/4 громадянину</t>
+          <t>9423Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/4 громадянину Осадчому Є.А. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>50</v>
       </c>
       <c r="E7" t="s">
         <v>57</v>
       </c>
       <c r="F7">
         <v>24</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>