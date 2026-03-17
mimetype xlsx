--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1190,51 +1190,51 @@
       <c r="AS4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>8779Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської</t>
+          <t>8779Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської територіальної громади на 2023-2026 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>52</v>
       </c>
       <c r="F5">
         <v>28</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>2</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>53</v>
@@ -1341,51 +1341,51 @@
       <c r="AS5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>8780Про внесення змін до рішення міської ради  від 25.11.2020 № 2-6405 «Про затвердження міської Програми пільгового житлового кредитування учасників антитерористичної операції/ операції</t>
+          <t>8780Про внесення змін до рішення міської ради  від 25.11.2020 № 2-6405 «Про затвердження міської Програми пільгового житлового кредитування учасників антитерористичної операції/ операції об’єднаних сил і бійців добровольців, які брали участь у захисті територіальної цілісності та державного суверенітету на Сході України та членів їх сімей в м. Черкаси на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>52</v>
       </c>
       <c r="F6">
         <v>28</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>2</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>53</v>
@@ -1492,51 +1492,51 @@
       <c r="AS6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>8781Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м.</t>
+          <t>8781Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м. Черкас до опалювального сезону в умовах воєнного стану на 2022-2023 роки»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>52</v>
       </c>
       <c r="F7">
         <v>28</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>2</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>53</v>
@@ -2094,51 +2094,51 @@
       <c r="AS10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW10" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>8785Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>8785Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>59</v>
       </c>
       <c r="E11" t="s">
         <v>52</v>
       </c>
       <c r="F11">
         <v>28</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>2</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>53</v>
@@ -4053,51 +4053,51 @@
       <c r="AS23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>58</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>8798Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-11 «Про визначення балансоутримувачем дитячих та спортивних майданчиків комунальне підприємство «Благоустрій»</t>
+          <t>8798Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-11 «Про визначення балансоутримувачем дитячих та спортивних майданчиків комунальне підприємство «Благоустрій» Черкаської міської ради»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>59</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24">
         <v>28</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>2</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>53</v>
@@ -4355,51 +4355,51 @@
       <c r="AS25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW25" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>8800Про внесення змін до рішення Черкаської міської ради від 20.09.2021 №10-35 «Про розміщення підрозділів департаменту освіти та гуманітарної політики в комунальних підприємствах, закладах освіти,</t>
+          <t>8800Про внесення змін до рішення Черкаської міської ради від 20.09.2021 №10-35 «Про розміщення підрозділів департаменту освіти та гуманітарної політики в комунальних підприємствах, закладах освіти, культури та спорту, які знаходяться в його підпорядкуванні та користування приміщення між цими закладами»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>59</v>
       </c>
       <c r="E26" t="s">
         <v>52</v>
       </c>
       <c r="F26">
         <v>28</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>2</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>53</v>
@@ -4959,51 +4959,51 @@
       <c r="AS29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW29" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>58</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>8804Про внесення змін до рішення Черкаської міської ради від 18.08.2022 № 28-16 «Про передачу з балансу органу самоорганізації населення комітет мікрорайону «Калиновий» на баланс КП «Благоустрій»</t>
+          <t>8804Про внесення змін до рішення Черкаської міської ради від 18.08.2022 № 28-16 «Про передачу з балансу органу самоорганізації населення комітет мікрорайону «Калиновий» на баланс КП «Благоустрій» об’єктів культурного та спортивного призначення</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>59</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30">
         <v>28</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>2</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>53</v>
@@ -6316,51 +6316,51 @@
       <c r="AS38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>58</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>8813Про передачу об’єкту «Футбольно-баскетбольна площадка за адресою: м. Черкаси, бульвар Шевченка,399/1» з балансу департаменту архітектури та містобудування Черкаської міської ради на баланс</t>
+          <t>8813Про передачу об’єкту «Футбольно-баскетбольна площадка за адресою: м. Черкаси, бульвар Шевченка,399/1» з балансу департаменту архітектури та містобудування Черкаської міської ради на баланс КП «Благоустрій» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>59</v>
       </c>
       <c r="E39" t="s">
         <v>52</v>
       </c>
       <c r="F39">
         <v>28</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
         <v>2</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>53</v>
@@ -6467,51 +6467,51 @@
       <c r="AS39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>58</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>8814Про розгляд електронної петиції від 16.01.2024 № Че/2205-еп щодо заборони включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах, земельної</t>
+          <t>8814Про розгляд електронної петиції від 16.01.2024 № Че/2205-еп щодо заборони включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах, земельної ділянки біля житлового будинку по вул. Героїв Дніпра (біля будинку № 69)</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>59</v>
       </c>
       <c r="E40" t="s">
         <v>52</v>
       </c>
       <c r="F40">
         <v>28</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>2</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>53</v>
@@ -6618,51 +6618,51 @@
       <c r="AS40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW40" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>58</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>8815Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я)</t>
+          <t>8815Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я) Черкаської міської ради на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>59</v>
       </c>
       <c r="E41" t="s">
         <v>52</v>
       </c>
       <c r="F41">
         <v>28</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
         <v>2</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>53</v>
@@ -7069,51 +7069,51 @@
       <c r="AS43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW43" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>58</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>8818Про внесення змін до рішення міської ради від 19.02.2024 № 54-5 «Про затвердження Статуту комунального підприємства теплових мереж «Черкаситеплокомуненерго» Черкаської міської ради в новій</t>
+          <t>8818Про внесення змін до рішення міської ради від 19.02.2024 № 54-5 «Про затвердження Статуту комунального підприємства теплових мереж «Черкаситеплокомуненерго» Черкаської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>59</v>
       </c>
       <c r="E44" t="s">
         <v>52</v>
       </c>
       <c r="F44">
         <v>28</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>2</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>53</v>
@@ -8122,51 +8122,51 @@
       <c r="AS50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW50" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>69</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>8825Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>8825Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>51</v>
       </c>
       <c r="E51" t="s">
         <v>52</v>
       </c>
       <c r="F51">
         <v>27</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>0</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>53</v>
@@ -8273,51 +8273,51 @@
       <c r="AS51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW51" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>70</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>8826Про внесення змін до рішення Черкаської міської ради від 26.01.2023 № 35-22 «Про затвердження Програми молодіжного житлового кредитування у м.Черкаси на 2023-2027 роки та Положення про порядок</t>
+          <t>8826Про внесення змін до рішення Черкаської міської ради від 26.01.2023 № 35-22 «Про затвердження Програми молодіжного житлового кредитування у м.Черкаси на 2023-2027 роки та Положення про порядок надання пільгового довготермінового кредиту молодим сім’ям, одиноким молодим громадянам на будівництво (реконструкцію), придбання житла за рахунок бюджету Черкаської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>51</v>
       </c>
       <c r="E52" t="s">
         <v>71</v>
       </c>
       <c r="F52">
         <v>14</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52">
         <v>6</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>60</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>55</v>
@@ -8424,51 +8424,51 @@
       <c r="AS52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>73</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>8827Про внесення змін до рішення Черкаської міської ради від 26.01.2023 № 35-22 «Про затвердження Програми молодіжного житлового кредитування у м.Черкаси на 2023-2027 роки та Положення про порядок</t>
+          <t>8827Про внесення змін до рішення Черкаської міської ради від 26.01.2023 № 35-22 «Про затвердження Програми молодіжного житлового кредитування у м.Черкаси на 2023-2027 роки та Положення про порядок надання пільгового довготермінового кредиту молодим сім’ям, одиноким молодим громадянам на будівництво (реконструкцію), придбання житла за рахунок бюджету Черкаської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>59</v>
       </c>
       <c r="E53" t="s">
         <v>71</v>
       </c>
       <c r="F53">
         <v>16</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
         <v>5</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>53</v>
@@ -11438,51 +11438,51 @@
       <c r="AS72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW72" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>96</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
-          <t>8852Про найменування  вулиць Павла Скоропадського, Кароля Шимановського, Миколи Леонтовича, Пилипа Орлика, Івана Пулюя, Академіка Підоплічка, Семюеля Крамера та продовження вулиці</t>
+          <t>8852Про найменування  вулиць Павла Скоропадського, Кароля Шимановського, Миколи Леонтовича, Пилипа Орлика, Івана Пулюя, Академіка Підоплічка, Семюеля Крамера та продовження вулиці Будіндустрії у м. Черкаси</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>51</v>
       </c>
       <c r="E73" t="s">
         <v>52</v>
       </c>
       <c r="F73">
         <v>24</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
         <v>0</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K73" t="s" s="5">
         <v>54</v>
@@ -12042,51 +12042,51 @@
       <c r="AS76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW76" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>100</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
-          <t>8856Про передачу об’єкту «Алея у Першотравневому парку  за адресою: м. Черкаси, вул. Надпільна (Ільїна), 212» з балансу департаменту архітектури та містобудування Черкаської міської ради на</t>
+          <t>8856Про передачу об’єкту «Алея у Першотравневому парку  за адресою: м. Черкаси, вул. Надпільна (Ільїна), 212» з балансу департаменту архітектури та містобудування Черкаської міської ради на баланс КП «Дирекція парків» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>59</v>
       </c>
       <c r="E77" t="s">
         <v>71</v>
       </c>
       <c r="F77">
         <v>20</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>0</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>54</v>
@@ -12193,51 +12193,51 @@
       <c r="AS77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV77" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW77" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>101</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>8857Про передачу об’єкту «Алея у Першотравневому парку  за адресою: м. Черкаси, вул. Надпільна (Ільїна), 212» з балансу департаменту архітектури та містобудування Черкаської міської ради на</t>
+          <t>8857Про передачу об’єкту «Алея у Першотравневому парку  за адресою: м. Черкаси, вул. Надпільна (Ільїна), 212» з балансу департаменту архітектури та містобудування Черкаської міської ради на баланс КП «Дирекція парків» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>59</v>
       </c>
       <c r="E78" t="s">
         <v>52</v>
       </c>
       <c r="F78">
         <v>24</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>0</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>54</v>
@@ -14003,51 +14003,51 @@
       <c r="AS89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW89" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>116</v>
       </c>
       <c r="C90" t="inlineStr" s="4">
         <is>
-          <t>8897Про розгляд питання про затвердження документацій із землеустрою та про надання в оренду земельних ділянок ФОП Лисак С.В. під її діючими торговими кіосками (на виконання рішення суду по</t>
+          <t>8897Про розгляд питання про затвердження документацій із землеустрою та про надання в оренду земельних ділянок ФОП Лисак С.В. під її діючими торговими кіосками (на виконання рішення суду по справі 03/5026/2709/2011)</t>
         </is>
       </c>
       <c r="D90" t="s">
         <v>51</v>
       </c>
       <c r="E90" t="s">
         <v>71</v>
       </c>
       <c r="F90">
         <v>12</v>
       </c>
       <c r="G90">
         <v>1</v>
       </c>
       <c r="H90">
         <v>2</v>
       </c>
       <c r="I90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>55</v>
@@ -14154,51 +14154,51 @@
       <c r="AS90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW90" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>117</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
         <is>
-          <t>8898Про розгляд питання про затвердження документацій із землеустрою та про надання в оренду земельних ділянок ФОП Лисак С.В. під її діючими торговими кіосками (на виконання рішення суду по</t>
+          <t>8898Про розгляд питання про затвердження документацій із землеустрою та про надання в оренду земельних ділянок ФОП Лисак С.В. під її діючими торговими кіосками (на виконання рішення суду по справі 03/5026/2709/2011)</t>
         </is>
       </c>
       <c r="D91" t="s">
         <v>114</v>
       </c>
       <c r="E91" t="s">
         <v>52</v>
       </c>
       <c r="F91">
         <v>26</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
         <v>0</v>
       </c>
       <c r="I91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>53</v>
@@ -14909,51 +14909,51 @@
       <c r="AS95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW95" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>122</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>8903Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки площею 0,24 га по проспекту Перемоги (біля</t>
+          <t>8903Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки площею 0,24 га по проспекту Перемоги (біля будинку № 8)</t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>51</v>
       </c>
       <c r="E96" t="s">
         <v>71</v>
       </c>
       <c r="F96">
         <v>21</v>
       </c>
       <c r="G96">
         <v>1</v>
       </c>
       <c r="H96">
         <v>0</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>53</v>
@@ -15060,51 +15060,51 @@
       <c r="AS96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW96" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>123</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
-          <t>8904Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки площею 0,24 га по проспекту Перемоги (біля</t>
+          <t>8904Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки площею 0,24 га по проспекту Перемоги (біля будинку № 8)</t>
         </is>
       </c>
       <c r="D97" t="s">
         <v>51</v>
       </c>
       <c r="E97" t="s">
         <v>52</v>
       </c>
       <c r="F97">
         <v>22</v>
       </c>
       <c r="G97">
         <v>1</v>
       </c>
       <c r="H97">
         <v>0</v>
       </c>
       <c r="I97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J97" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>53</v>
@@ -15815,51 +15815,51 @@
       <c r="AS101" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV101" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW101" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>128</v>
       </c>
       <c r="C102" t="inlineStr" s="4">
         <is>
-          <t>8909«Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Володимира Великого, біля будинку № 55, яка перебуває в оренді ТОВ «АЛЕКС ПАРТНЕР-2020» та надання</t>
+          <t>8909«Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Володимира Великого, біля будинку № 55, яка перебуває в оренді ТОВ «АЛЕКС ПАРТНЕР-2020» та надання її частин в оренду гр. Бондаренко С.О., гр. Федоренко І.В., гр. Слободяник Т.Д., гр. Філіповій А.О.»</t>
         </is>
       </c>
       <c r="D102" t="s">
         <v>51</v>
       </c>
       <c r="E102" t="s">
         <v>71</v>
       </c>
       <c r="F102">
         <v>20</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>0</v>
       </c>
       <c r="I102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J102" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>53</v>
@@ -15966,51 +15966,51 @@
       <c r="AS102" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW102" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>129</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>8910«Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Володимира Великого, біля будинку № 55, яка перебуває в оренді ТОВ «АЛЕКС ПАРТНЕР-2020» та надання</t>
+          <t>8910«Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Володимира Великого, біля будинку № 55, яка перебуває в оренді ТОВ «АЛЕКС ПАРТНЕР-2020» та надання її частин в оренду гр. Бондаренко С.О., гр. Федоренко І.В., гр. Слободяник Т.Д., гр. Філіповій А.О.»</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>51</v>
       </c>
       <c r="E103" t="s">
         <v>52</v>
       </c>
       <c r="F103">
         <v>23</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>0</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
@@ -16417,51 +16417,51 @@
       <c r="AS105" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW105" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>133</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>8913Про надання ТОВ «ТУМБЕРГ ЛТД» дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки по вул. Генерала Момота, біля будівлі по вул. Онопрієнка, 2 (вільна земельна</t>
+          <t>8913Про надання ТОВ «ТУМБЕРГ ЛТД» дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки по вул. Генерала Момота, біля будівлі по вул. Онопрієнка, 2 (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>51</v>
       </c>
       <c r="E106" t="s">
         <v>52</v>
       </c>
       <c r="F106">
         <v>26</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
         <v>0</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>53</v>
@@ -32421,51 +32421,51 @@
       <c r="AS211" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT211" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU211" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV211" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW211" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
         <v>140</v>
       </c>
       <c r="C212" t="inlineStr" s="4">
         <is>
-          <t>9024Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Володимира Великого (біля земельної</t>
+          <t>9024Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Володимира Великого (біля земельної ділянки по вул. Володимира Великого, 55/2) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D212" t="s">
         <v>59</v>
       </c>
       <c r="E212" t="s">
         <v>52</v>
       </c>
       <c r="F212">
         <v>23</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
       <c r="H212">
         <v>0</v>
       </c>
       <c r="I212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J212" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K212" t="s" s="5">
         <v>53</v>
@@ -34384,51 +34384,51 @@
       <c r="AS224" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU224" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV224" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW224" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
         <v>140</v>
       </c>
       <c r="C225" t="inlineStr" s="4">
         <is>
-          <t>9037Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Петра</t>
+          <t>9037Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Петра Дорошенка, 51 - а</t>
         </is>
       </c>
       <c r="D225" t="s">
         <v>59</v>
       </c>
       <c r="E225" t="s">
         <v>52</v>
       </c>
       <c r="F225">
         <v>23</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
       <c r="H225">
         <v>0</v>
       </c>
       <c r="I225" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J225" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K225" t="s" s="5">
         <v>53</v>
@@ -35592,51 +35592,51 @@
       <c r="AS232" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU232" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW232" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
         <v>140</v>
       </c>
       <c r="C233" t="inlineStr" s="4">
         <is>
-          <t>9045Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Олени Теліги, 4, яка перебуває в постійному користуванні КОМУНАЛЬНОГО</t>
+          <t>9045Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Олени Теліги, 4, яка перебуває в постійному користуванні КОМУНАЛЬНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА «ЧЕРКАСЬКА МІСЬКА ДИТЯЧА ЛІКАРНЯ», з метою оформлення права користування її частиною КОМУНАЛЬНИМ НЕКОМЕРЦІЙНИМ ПІДПРИЄМСТВОМ «П`ЯТИЙ ЧЕРКАСЬКИЙ МІСЬКИЙ ЦЕНТР ПЕРВИННОЇ МЕДИКО-САНІТАРНОЇ ДОПОМОГИ»</t>
         </is>
       </c>
       <c r="D233" t="s">
         <v>59</v>
       </c>
       <c r="E233" t="s">
         <v>52</v>
       </c>
       <c r="F233">
         <v>23</v>
       </c>
       <c r="G233">
         <v>0</v>
       </c>
       <c r="H233">
         <v>0</v>
       </c>
       <c r="I233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J233" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K233" t="s" s="5">
         <v>53</v>
@@ -35743,51 +35743,51 @@
       <c r="AS233" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU233" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV233" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW233" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
         <v>140</v>
       </c>
       <c r="C234" t="inlineStr" s="4">
         <is>
-          <t>9046Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки Черкаської міської ради по проспекту Перемоги, зміни цільового призначення ряду земельних ділянок та</t>
+          <t>9046Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки Черкаської міської ради по проспекту Перемоги, зміни цільового призначення ряду земельних ділянок та передачі в оренду земельної ділянки ОБ’ЄДНАНОМУ ГОРОДНИЦЬКОМУ КООПЕРАТИВУ «СОСНІВКА»</t>
         </is>
       </c>
       <c r="D234" t="s">
         <v>59</v>
       </c>
       <c r="E234" t="s">
         <v>52</v>
       </c>
       <c r="F234">
         <v>23</v>
       </c>
       <c r="G234">
         <v>0</v>
       </c>
       <c r="H234">
         <v>0</v>
       </c>
       <c r="I234" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J234" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K234" t="s" s="5">
         <v>53</v>
@@ -36345,51 +36345,51 @@
       <c r="AS237" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT237" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU237" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV237" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW237" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
         <v>140</v>
       </c>
       <c r="C238" t="inlineStr" s="4">
         <is>
-          <t>9050Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ТВОРЧОЇ СПІЛКИ «ЧЕРКАСЬКА ОБЛАСНА ОРГАНІЗАЦІЯ НАЦІОНАЛЬНОЇ СПІЛКИ ХУДОЖНИКІВ</t>
+          <t>9050Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ТВОРЧОЇ СПІЛКИ «ЧЕРКАСЬКА ОБЛАСНА ОРГАНІЗАЦІЯ НАЦІОНАЛЬНОЇ СПІЛКИ ХУДОЖНИКІВ УКРАЇНИ» по вул. Байди Вишневецького, 32</t>
         </is>
       </c>
       <c r="D238" t="s">
         <v>59</v>
       </c>
       <c r="E238" t="s">
         <v>52</v>
       </c>
       <c r="F238">
         <v>23</v>
       </c>
       <c r="G238">
         <v>0</v>
       </c>
       <c r="H238">
         <v>0</v>
       </c>
       <c r="I238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J238" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K238" t="s" s="5">
         <v>53</v>
@@ -36496,51 +36496,51 @@
       <c r="AS238" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU238" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW238" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
         <v>140</v>
       </c>
       <c r="C239" t="inlineStr" s="4">
         <is>
-          <t>9051Про внесення змін до рішення Черкаської міської ради від 03.10.2023 № 47-106 «Про продаж на земельних торгах  права оренди земельної ділянки по вул. Олени Теліги, перспективний № 16/1 та затвердження</t>
+          <t>9051Про внесення змін до рішення Черкаської міської ради від 03.10.2023 № 47-106 «Про продаж на земельних торгах  права оренди земельної ділянки по вул. Олени Теліги, перспективний № 16/1 та затвердження умов земельних торгів»</t>
         </is>
       </c>
       <c r="D239" t="s">
         <v>59</v>
       </c>
       <c r="E239" t="s">
         <v>52</v>
       </c>
       <c r="F239">
         <v>23</v>
       </c>
       <c r="G239">
         <v>0</v>
       </c>
       <c r="H239">
         <v>0</v>
       </c>
       <c r="I239" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J239" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K239" t="s" s="5">
         <v>53</v>
@@ -38455,51 +38455,51 @@
       <c r="AS251" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT251" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU251" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV251" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW251" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
         <v>140</v>
       </c>
       <c r="C252" t="inlineStr" s="4">
         <is>
-          <t>9064Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Академіка Сергія Єфремова громадянину Онопрійчі Р.О. (земельна ділянка що перебуває в</t>
+          <t>9064Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Академіка Сергія Єфремова громадянину Онопрійчі Р.О. (земельна ділянка що перебуває в приватній власності)</t>
         </is>
       </c>
       <c r="D252" t="s">
         <v>59</v>
       </c>
       <c r="E252" t="s">
         <v>52</v>
       </c>
       <c r="F252">
         <v>23</v>
       </c>
       <c r="G252">
         <v>0</v>
       </c>
       <c r="H252">
         <v>0</v>
       </c>
       <c r="I252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J252" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K252" t="s" s="5">
         <v>53</v>
@@ -38757,51 +38757,51 @@
       <c r="AS253" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT253" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU253" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV253" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW253" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
         <v>140</v>
       </c>
       <c r="C254" t="inlineStr" s="4">
         <is>
-          <t>9066Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Героїв Дніпра, біля будинку № 65 громадянину Гетьману Р. В. (вільна земельна ділянка,</t>
+          <t>9066Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Героїв Дніпра, біля будинку № 65 громадянину Гетьману Р. В. (вільна земельна ділянка, інвалід 2 групи)</t>
         </is>
       </c>
       <c r="D254" t="s">
         <v>59</v>
       </c>
       <c r="E254" t="s">
         <v>52</v>
       </c>
       <c r="F254">
         <v>23</v>
       </c>
       <c r="G254">
         <v>0</v>
       </c>
       <c r="H254">
         <v>0</v>
       </c>
       <c r="I254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J254" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K254" t="s" s="5">
         <v>53</v>
@@ -38908,51 +38908,51 @@
       <c r="AS254" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU254" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV254" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW254" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
         <v>140</v>
       </c>
       <c r="C255" t="inlineStr" s="4">
         <is>
-          <t>9067Про відмову ПАРАФІЇ ПОКРОВИ ПРЕСВЯТОЇ БОГОРОДИЦІ КИЄВО-ВИШГОРОДСЬКОЇ ЕКЗАРХІЇ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ МІСТА ЧЕРКАСИ у наданні дозволу на розроблення проєкту землеустрою</t>
+          <t>9067Про відмову ПАРАФІЇ ПОКРОВИ ПРЕСВЯТОЇ БОГОРОДИЦІ КИЄВО-ВИШГОРОДСЬКОЇ ЕКЗАРХІЇ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ МІСТА ЧЕРКАСИ у наданні дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки по вул. Героїв Дніпра біля земельної ділянки № 8 (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D255" t="s">
         <v>59</v>
       </c>
       <c r="E255" t="s">
         <v>52</v>
       </c>
       <c r="F255">
         <v>23</v>
       </c>
       <c r="G255">
         <v>0</v>
       </c>
       <c r="H255">
         <v>0</v>
       </c>
       <c r="I255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J255" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K255" t="s" s="5">
         <v>53</v>
@@ -39512,51 +39512,51 @@
       <c r="AS258" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU258" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW258" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
         <v>140</v>
       </c>
       <c r="C259" t="inlineStr" s="4">
         <is>
-          <t>9071Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Горіховій, 11 громадянину Коваленку В.В. (земельна ділянка що перебуває в приватній</t>
+          <t>9071Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Горіховій, 11 громадянину Коваленку В.В. (земельна ділянка що перебуває в приватній власності)</t>
         </is>
       </c>
       <c r="D259" t="s">
         <v>59</v>
       </c>
       <c r="E259" t="s">
         <v>52</v>
       </c>
       <c r="F259">
         <v>23</v>
       </c>
       <c r="G259">
         <v>0</v>
       </c>
       <c r="H259">
         <v>0</v>
       </c>
       <c r="I259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J259" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K259" t="s" s="5">
         <v>53</v>
@@ -40267,51 +40267,51 @@
       <c r="AS263" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT263" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU263" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV263" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW263" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
         <v>140</v>
       </c>
       <c r="C264" t="inlineStr" s="4">
         <is>
-          <t>9076Про припинення КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «Соснівська служба утримання будинків» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ права постійного користування земельної ділянкою по вул. Прикордонника Лазаренка,</t>
+          <t>9076Про припинення КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «Соснівська служба утримання будинків» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ права постійного користування земельної ділянкою по вул. Прикордонника Лазаренка, 26</t>
         </is>
       </c>
       <c r="D264" t="s">
         <v>59</v>
       </c>
       <c r="E264" t="s">
         <v>52</v>
       </c>
       <c r="F264">
         <v>23</v>
       </c>
       <c r="G264">
         <v>0</v>
       </c>
       <c r="H264">
         <v>0</v>
       </c>
       <c r="I264" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J264" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K264" t="s" s="5">
         <v>53</v>
@@ -40418,51 +40418,51 @@
       <c r="AS264" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT264" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU264" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV264" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW264" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
         <v>140</v>
       </c>
       <c r="C265" t="inlineStr" s="4">
         <is>
-          <t>9077Про припинення КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «Соснівська служба утримання будинків» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ права постійного користування земельної ділянкою по вул. В’ячеслава Чорновола,</t>
+          <t>9077Про припинення КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «Соснівська служба утримання будинків» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ права постійного користування земельної ділянкою по вул. В’ячеслава Чорновола, 120/3</t>
         </is>
       </c>
       <c r="D265" t="s">
         <v>59</v>
       </c>
       <c r="E265" t="s">
         <v>52</v>
       </c>
       <c r="F265">
         <v>23</v>
       </c>
       <c r="G265">
         <v>0</v>
       </c>
       <c r="H265">
         <v>0</v>
       </c>
       <c r="I265" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J265" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K265" t="s" s="5">
         <v>53</v>