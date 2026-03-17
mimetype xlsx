--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -967,51 +967,51 @@
       <c r="AS4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>8735Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>8735Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>52</v>
       </c>
       <c r="F5">
         <v>33</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>53</v>