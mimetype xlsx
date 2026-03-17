--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -3536,51 +3536,51 @@
       <c r="AS19" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV19" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW19" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>7992Про внесення змін до рішень Черкаської міської ради від    20.09.2016 № 2-929 та від 23.05.2013 № 3-1682 (щодо структури департаменту архітектури та містобудування Черкаської міської ради та управління</t>
+          <t>7992Про внесення змін до рішень Черкаської міської ради від    20.09.2016 № 2-929 та від 23.05.2013 № 3-1682 (щодо структури департаменту архітектури та містобудування Черкаської міської ради та управління державного- архітектурно-будівельного контролю)</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>62</v>
       </c>
       <c r="F20">
         <v>28</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>53</v>
@@ -3989,51 +3989,51 @@
       <c r="AS22" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV22" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW22" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>7995Про внесення змін до рішення Черкаської міської ради від 15.08.2023 року № 45-25 «Про надання дозволу комунальному підприємству теплових мереж   «Черкаситеплокомуненерго» Черкаської міської</t>
+          <t>7995Про внесення змін до рішення Черкаської міської ради від 15.08.2023 року № 45-25 «Про надання дозволу комунальному підприємству теплових мереж   «Черкаситеплокомуненерго» Черкаської міської ради на отримання кредитної лінії»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>61</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23">
         <v>28</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>53</v>
@@ -4140,51 +4140,51 @@
       <c r="AS23" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW23" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>7996Про внесення змін до рішення Черкаської міської ради від 15.08.2023 року № 45-26 «Про надання дозволу комунальному підприємству теплових мереж  «Черкаситеплокомуненерго» Черкаської міської ради</t>
+          <t>7996Про внесення змін до рішення Черкаської міської ради від 15.08.2023 року № 45-26 «Про надання дозволу комунальному підприємству теплових мереж  «Черкаситеплокомуненерго» Черкаської міської ради на передачу в заставу майна»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>61</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24">
         <v>28</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>53</v>
@@ -4442,51 +4442,51 @@
       <c r="AS25" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV25" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW25" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>7998Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №3-531 «Про перелік об’єктів права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне</t>
+          <t>7998Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №3-531 «Про перелік об’єктів права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>61</v>
       </c>
       <c r="E26" t="s">
         <v>62</v>
       </c>
       <c r="F26">
         <v>28</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>53</v>
@@ -4895,51 +4895,51 @@
       <c r="AS28" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV28" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW28" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>68</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>8001Про внесення змін до рішення міської ради від 18.05.2023 №41-46 «Про затвердження програми підтримки  об’єднань  співвласників багатоквартирних будинків (ОСББ, асоціацій ОСББ) у м. Черкаси</t>
+          <t>8001Про внесення змін до рішення міської ради від 18.05.2023 №41-46 «Про затвердження програми підтримки  об’єднань  співвласників багатоквартирних будинків (ОСББ, асоціацій ОСББ) у м. Черкаси  «Формування відповідального власника житла» на 2023-2025 роки»</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>51</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29">
         <v>30</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
         <v>0</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>56</v>
@@ -5046,51 +5046,51 @@
       <c r="AS29" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV29" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW29" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>69</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>8002Про внесення змін до рішення Черкаської міської ради від 14.02.2023 №36-19 «Про затвердження Програми співфінансування капітального ремонту та реконструкції багатоквартирних житлових будинків</t>
+          <t>8002Про внесення змін до рішення Черкаської міської ради від 14.02.2023 №36-19 «Про затвердження Програми співфінансування капітального ремонту та реконструкції багатоквартирних житлових будинків (крім ОСББ) у місті Черкаси на 2023-2025 роки»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>51</v>
       </c>
       <c r="E30" t="s">
         <v>62</v>
       </c>
       <c r="F30">
         <v>31</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>56</v>
@@ -5497,51 +5497,51 @@
       <c r="AS32" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV32" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW32" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>73</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>8005Про внесення змін до рішення міської ради від 01.10.2020 № 2-6379 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська</t>
+          <t>8005Про внесення змін до рішення міської ради від 01.10.2020 № 2-6379 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська міська комунальна аварійно-рятувальна служба» на 2021-2023 роки»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>51</v>
       </c>
       <c r="E33" t="s">
         <v>52</v>
       </c>
       <c r="F33">
         <v>5</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33">
         <v>2</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>53</v>
@@ -8658,51 +8658,51 @@
       <c r="AS53" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW53" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>102</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>8039Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров. Шовковичний, 9)</t>
+          <t>8039Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров. Шовковичний, 9) громадянину Фещенку А.П. (існуюче садівниче товариство)</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>96</v>
       </c>
       <c r="E54" t="s">
         <v>52</v>
       </c>
       <c r="F54">
         <v>20</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>53</v>
@@ -19528,51 +19528,51 @@
       <c r="AS125" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV125" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW125" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>103</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>8115Про продаж на земельних торгах  права оренди земельної ділянки на розі вул. Десантників та вул. Григорія  Сковороди (перспективна адреса вул. Десантників, 15) та затвердження умов земельних</t>
+          <t>8115Про продаж на земельних торгах  права оренди земельної ділянки на розі вул. Десантників та вул. Григорія  Сковороди (перспективна адреса вул. Десантників, 15) та затвердження умов земельних торгів</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>61</v>
       </c>
       <c r="E126" t="s">
         <v>62</v>
       </c>
       <c r="F126">
         <v>22</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>54</v>
@@ -20730,51 +20730,51 @@
       <c r="AS133" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW133" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>103</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>8123Про затвердження технічної      документації із землеустрою щодо поділу земельної ділянки по вул. Дахнівська біля перехрестя з вул. Мініна і Пожарського, яка перебуває в оренді ПП «СЕМІВАН</t>
+          <t>8123Про затвердження технічної      документації із землеустрою щодо поділу земельної ділянки по вул. Дахнівська біля перехрестя з вул. Мініна і Пожарського, яка перебуває в оренді ПП «СЕМІВАН – ФАКТ»</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>61</v>
       </c>
       <c r="E134" t="s">
         <v>62</v>
       </c>
       <c r="F134">
         <v>22</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
         <v>0</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>54</v>
@@ -25093,51 +25093,51 @@
       <c r="AS162" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT162" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU162" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV162" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW162" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
         <v>118</v>
       </c>
       <c r="C163" t="inlineStr" s="4">
         <is>
-          <t>8153Про скасування рішення міської ради від 17.08.2023 № 45-101 «Про відмову у передачі земельної ділянки у власність по вул. Ціолковського громадянину Євсюкову Ю.Л. (вільна земельна ділянка, учасник</t>
+          <t>8153Про скасування рішення міської ради від 17.08.2023 № 45-101 «Про відмову у передачі земельної ділянки у власність по вул. Ціолковського громадянину Євсюкову Ю.Л. (вільна земельна ділянка, учасник АТО, інвалід 2 групи)»</t>
         </is>
       </c>
       <c r="D163" t="s">
         <v>51</v>
       </c>
       <c r="E163" t="s">
         <v>62</v>
       </c>
       <c r="F163">
         <v>27</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163">
         <v>0</v>
       </c>
       <c r="I163" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J163" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K163" t="s" s="5">
         <v>54</v>
@@ -28264,51 +28264,51 @@
       <c r="AS183" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU183" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV183" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW183" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
         <v>140</v>
       </c>
       <c r="C184" t="inlineStr" s="4">
         <is>
-          <t>8175Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>8175Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-а) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D184" t="s">
         <v>51</v>
       </c>
       <c r="E184" t="s">
         <v>52</v>
       </c>
       <c r="F184">
         <v>8</v>
       </c>
       <c r="G184">
         <v>0</v>
       </c>
       <c r="H184">
         <v>3</v>
       </c>
       <c r="I184" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J184" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K184" t="s" s="5">
         <v>54</v>
@@ -28415,51 +28415,51 @@
       <c r="AS184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT184" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU184" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV184" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW184" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
         <v>141</v>
       </c>
       <c r="C185" t="inlineStr" s="4">
         <is>
-          <t>8176Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>8176Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-б) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D185" t="s">
         <v>51</v>
       </c>
       <c r="E185" t="s">
         <v>52</v>
       </c>
       <c r="F185">
         <v>8</v>
       </c>
       <c r="G185">
         <v>0</v>
       </c>
       <c r="H185">
         <v>3</v>
       </c>
       <c r="I185" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J185" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K185" t="s" s="5">
         <v>54</v>
@@ -28566,51 +28566,51 @@
       <c r="AS185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU185" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV185" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW185" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>142</v>
       </c>
       <c r="C186" t="inlineStr" s="4">
         <is>
-          <t>8177Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), земельної ділянки по проспекту</t>
+          <t>8177Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), земельної ділянки по проспекту Перемоги, біля будівлі № 25 та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D186" t="s">
         <v>51</v>
       </c>
       <c r="E186" t="s">
         <v>52</v>
       </c>
       <c r="F186">
         <v>1</v>
       </c>
       <c r="G186">
         <v>3</v>
       </c>
       <c r="H186">
         <v>7</v>
       </c>
       <c r="I186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J186" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K186" t="s" s="5">
         <v>54</v>
@@ -28717,51 +28717,51 @@
       <c r="AS186" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV186" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW186" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
         <v>143</v>
       </c>
       <c r="C187" t="inlineStr" s="4">
         <is>
-          <t>8178Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), земельної ділянки по проспекту</t>
+          <t>8178Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), земельної ділянки по проспекту Перемоги, біля будівлі № 25 та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D187" t="s">
         <v>94</v>
       </c>
       <c r="E187" t="s">
         <v>52</v>
       </c>
       <c r="F187">
         <v>20</v>
       </c>
       <c r="G187">
         <v>0</v>
       </c>
       <c r="H187">
         <v>0</v>
       </c>
       <c r="I187" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J187" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K187" t="s" s="5">
         <v>54</v>
@@ -29019,51 +29019,51 @@
       <c r="AS188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT188" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU188" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV188" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW188" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
         <v>145</v>
       </c>
       <c r="C189" t="inlineStr" s="4">
         <is>
-          <t>8180Про внесення змін до рішення Черкаської міської ради від 15.11.2022 № 31-32 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,0348 га по вул. Горіховій (біля домоволодіння</t>
+          <t>8180Про внесення змін до рішення Черкаської міської ради від 15.11.2022 № 31-32 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,0348 га по вул. Горіховій (біля домоволодіння №33/1) та затвердження умов проведення земельних торгів</t>
         </is>
       </c>
       <c r="D189" t="s">
         <v>51</v>
       </c>
       <c r="E189" t="s">
         <v>52</v>
       </c>
       <c r="F189">
         <v>19</v>
       </c>
       <c r="G189">
         <v>0</v>
       </c>
       <c r="H189">
         <v>0</v>
       </c>
       <c r="I189" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J189" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K189" t="s" s="5">
         <v>54</v>
@@ -32476,51 +32476,51 @@
       <c r="AS211" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT211" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU211" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV211" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW211" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
         <v>176</v>
       </c>
       <c r="C212" t="inlineStr" s="4">
         <is>
-          <t>8203Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Мечникова, 6/2-а, громадянці Касаткіній І.Є (існуюче домоволодіння в межах прибудинкової</t>
+          <t>8203Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Мечникова, 6/2-а, громадянці Касаткіній І.Є (існуюче домоволодіння в межах прибудинкової території)</t>
         </is>
       </c>
       <c r="D212" t="s">
         <v>51</v>
       </c>
       <c r="E212" t="s">
         <v>52</v>
       </c>
       <c r="F212">
         <v>13</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
       <c r="H212">
         <v>1</v>
       </c>
       <c r="I212" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J212" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K212" t="s" s="5">
         <v>54</v>
@@ -32627,51 +32627,51 @@
       <c r="AS212" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AT212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU212" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV212" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW212" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
         <v>177</v>
       </c>
       <c r="C213" t="inlineStr" s="4">
         <is>
-          <t>8204Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Мечникова, 6/2-а, громадянці Касаткіній І.Є (існуюче домоволодіння в межах прибудинкової</t>
+          <t>8204Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Мечникова, 6/2-а, громадянці Касаткіній І.Є (існуюче домоволодіння в межах прибудинкової території)</t>
         </is>
       </c>
       <c r="D213" t="s">
         <v>120</v>
       </c>
       <c r="E213" t="s">
         <v>52</v>
       </c>
       <c r="F213">
         <v>10</v>
       </c>
       <c r="G213">
         <v>3</v>
       </c>
       <c r="H213">
         <v>0</v>
       </c>
       <c r="I213" t="s" s="5">
         <v>57</v>
       </c>
       <c r="J213" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K213" t="s" s="5">
         <v>54</v>