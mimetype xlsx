--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1083,51 +1083,51 @@
       <c r="AS4" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>7560Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>7560Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>61</v>
       </c>
       <c r="E5" t="s">
         <v>52</v>
       </c>
       <c r="F5">
         <v>29</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
         <v>0</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>55</v>
@@ -1989,51 +1989,51 @@
       <c r="AS10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW10" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>60</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>7566Про внесення змін до рішення міської ради від 01.10.2020 № 2-6379 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська</t>
+          <t>7566Про внесення змін до рішення міської ради від 01.10.2020 № 2-6379 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська міська комунальна аварійно-рятувальна служба» на 2021-2023 роки»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>61</v>
       </c>
       <c r="E11" t="s">
         <v>52</v>
       </c>
       <c r="F11">
         <v>29</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
         <v>0</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>55</v>
@@ -2744,51 +2744,51 @@
       <c r="AS15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW15" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>60</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>7571Про передачу у власність  Черкаської міської територіальної громади та на баланс КП ТМ «Черкаситеплокомуненерго» зовнішніх інженерних мереж  теплопостачання та гарячого водопостачання</t>
+          <t>7571Про передачу у власність  Черкаської міської територіальної громади та на баланс КП ТМ «Черкаситеплокомуненерго» зовнішніх інженерних мереж  теплопостачання та гарячого водопостачання до житлових будинків</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>61</v>
       </c>
       <c r="E16" t="s">
         <v>52</v>
       </c>
       <c r="F16">
         <v>29</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>55</v>
@@ -3046,51 +3046,51 @@
       <c r="AS17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW17" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>60</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>7573Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання, водовідведення по</t>
+          <t>7573Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання, водовідведення по вул. Хрещатик, 207</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>61</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18">
         <v>29</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>55</v>
@@ -4103,51 +4103,51 @@
       <c r="AS24" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW24" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>60</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>7580Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення</t>
+          <t>7580Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення Черкаської міської ради від 24.04.2017 № 2-1977 «Про перейменування територіального центру соціальної допомоги Соснівського району  м. Черкаси та реорганізацію територіального центру соціальної допомоги Придніпровського району м. Черкаси»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25">
         <v>29</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>55</v>
@@ -4858,51 +4858,51 @@
       <c r="AS29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW29" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>7585Про внесення змін до рішень Черкаської міської ради від 23.05.2013 №3-1682, від 22.12.2022 №34-35 та від 02.03.2023 №38-24 (щодо структури департаменту до-рожньо-транспортної інфра-структури та екології</t>
+          <t>7585Про внесення змін до рішень Черкаської міської ради від 23.05.2013 №3-1682, від 22.12.2022 №34-35 та від 02.03.2023 №38-24 (щодо структури департаменту до-рожньо-транспортної інфра-структури та екології Чер-каської міської ради, департа-менту економіки та розвитку Черкаської міської ради)</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>61</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30">
         <v>29</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>55</v>
@@ -7713,51 +7713,51 @@
       <c r="AS48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW48" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>83</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>7607Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>7607Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>52</v>
       </c>
       <c r="F49">
         <v>31</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
         <v>0</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>55</v>
@@ -9223,51 +9223,51 @@
       <c r="AS58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW58" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>93</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>7621Про  безоплатну передачу з балансу комунального підприємства «Благоустрій» Черкаської міської ради на баланс КП «Дирекція парків» Черкаської міської ради капітального незавершеного</t>
+          <t>7621Про  безоплатну передачу з балансу комунального підприємства «Благоустрій» Черкаської міської ради на баланс КП «Дирекція парків» Черкаської міської ради капітального незавершеного інвестування «Будівництво пляжу «Дахнівський»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>51</v>
       </c>
       <c r="E59" t="s">
         <v>52</v>
       </c>
       <c r="F59">
         <v>31</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>0</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>55</v>
@@ -10129,51 +10129,51 @@
       <c r="AS64" t="s" s="5">
         <v>80</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV64" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW64" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>100</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>7629Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого</t>
+          <t>7629Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого значення «Молодіжний» по вул. Гагаріна (ліворуч від парку «Долина троянд»)</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>61</v>
       </c>
       <c r="E65" t="s">
         <v>52</v>
       </c>
       <c r="F65">
         <v>22</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>54</v>
@@ -10280,51 +10280,51 @@
       <c r="AS65" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV65" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW65" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>100</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
-          <t>7630Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого</t>
+          <t>7630Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого значення «Сквер Обласної ради» між бульваром Шевченка та вулицями Байди Вишневецького, Хрещатик, Лазарева</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>61</v>
       </c>
       <c r="E66" t="s">
         <v>52</v>
       </c>
       <c r="F66">
         <v>22</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66">
         <v>0</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J66" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K66" t="s" s="5">
         <v>54</v>
@@ -10431,51 +10431,51 @@
       <c r="AS66" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV66" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW66" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>100</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
-          <t>7631Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого</t>
+          <t>7631Про надання дозволу на розробку проекту землеустрою щодо організації і встановлення меж території природно-заповідного фонду – парку пам’ятки садово-паркового мистецтва місцевого значення «Парк Перемоги» по вул. Смілянській, 132/1</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>61</v>
       </c>
       <c r="E67" t="s">
         <v>52</v>
       </c>
       <c r="F67">
         <v>22</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J67" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K67" t="s" s="5">
         <v>54</v>
@@ -12394,51 +12394,51 @@
       <c r="AS79" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV79" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW79" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>100</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>7644Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового товариства «Зелена зона» (діл. № 285) громадянину Миленку А.Л. (існуюче садівниче</t>
+          <t>7644Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового товариства «Зелена зона» (діл. № 285) громадянину Миленку А.Л. (існуюче садівниче товариство)</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>61</v>
       </c>
       <c r="E80" t="s">
         <v>52</v>
       </c>
       <c r="F80">
         <v>22</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>54</v>
@@ -18585,51 +18585,51 @@
       <c r="AS120" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV120" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW120" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>100</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>7685Про продаж на земельних торгах  права власності на земельну ділянку площею 1,0 га в районі вул. Олександра Шаповала та пр. Перемоги (біля будівлі № 29) та затвердження умов проведення земельних</t>
+          <t>7685Про продаж на земельних торгах  права власності на земельну ділянку площею 1,0 га в районі вул. Олександра Шаповала та пр. Перемоги (біля будівлі № 29) та затвердження умов проведення земельних торгів</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>61</v>
       </c>
       <c r="E121" t="s">
         <v>52</v>
       </c>
       <c r="F121">
         <v>22</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
         <v>0</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>54</v>
@@ -18887,51 +18887,51 @@
       <c r="AS122" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV122" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW122" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>100</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>7687Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку</t>
+          <t>7687Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки по вул. Олександра Шаповала (перспективний № 20) та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>61</v>
       </c>
       <c r="E123" t="s">
         <v>52</v>
       </c>
       <c r="F123">
         <v>22</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>0</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>54</v>
@@ -19189,51 +19189,51 @@
       <c r="AS124" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV124" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW124" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>100</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>7689Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку</t>
+          <t>7689Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки по вул. Пахарів Хутір, перспективний № 36/1 та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>61</v>
       </c>
       <c r="E125" t="s">
         <v>52</v>
       </c>
       <c r="F125">
         <v>22</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
         <v>0</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>54</v>
@@ -19340,51 +19340,51 @@
       <c r="AS125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW125" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>100</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>7690Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку</t>
+          <t>7690Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки по вул. Пахарів Хутір, перспективний № 34/1 та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>61</v>
       </c>
       <c r="E126" t="s">
         <v>52</v>
       </c>
       <c r="F126">
         <v>22</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
         <v>0</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>54</v>
@@ -19491,51 +19491,51 @@
       <c r="AS126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW126" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>100</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>7691Про продаж на конкурентних засадах (на земельних торгах)  права власності на земельну ділянку площею 0,1115 га по вул. Оборонній (біля будівлі № 16/1) та затвердження умов проведення земельних</t>
+          <t>7691Про продаж на конкурентних засадах (на земельних торгах)  права власності на земельну ділянку площею 0,1115 га по вул. Оборонній (біля будівлі № 16/1) та затвердження умов проведення земельних торгів</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>61</v>
       </c>
       <c r="E127" t="s">
         <v>52</v>
       </c>
       <c r="F127">
         <v>22</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
         <v>0</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>54</v>
@@ -19642,51 +19642,51 @@
       <c r="AS127" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT127" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV127" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW127" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>100</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>7692Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку</t>
+          <t>7692Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки по вул. Набережній</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>61</v>
       </c>
       <c r="E128" t="s">
         <v>52</v>
       </c>
       <c r="F128">
         <v>22</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
         <v>0</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>54</v>
@@ -19944,51 +19944,51 @@
       <c r="AS129" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT129" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV129" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW129" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>100</v>
       </c>
       <c r="C130" t="inlineStr" s="4">
         <is>
-          <t>7694Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Припортовій (біля</t>
+          <t>7694Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Припортовій (біля земельної ділянки по вул. Припортова, 50) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D130" t="s">
         <v>61</v>
       </c>
       <c r="E130" t="s">
         <v>52</v>
       </c>
       <c r="F130">
         <v>22</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
         <v>0</v>
       </c>
       <c r="I130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>54</v>
@@ -20095,51 +20095,51 @@
       <c r="AS130" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT130" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV130" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW130" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>100</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
-          <t>7695Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Амет-Хана</t>
+          <t>7695Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Амет-Хана Султана, 12 та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>61</v>
       </c>
       <c r="E131" t="s">
         <v>52</v>
       </c>
       <c r="F131">
         <v>22</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
         <v>0</v>
       </c>
       <c r="I131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>54</v>
@@ -20246,51 +20246,51 @@
       <c r="AS131" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT131" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV131" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW131" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>100</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
-          <t>7696Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олени Теліги,</t>
+          <t>7696Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олени Теліги, перспективний № 16/1 та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>61</v>
       </c>
       <c r="E132" t="s">
         <v>52</v>
       </c>
       <c r="F132">
         <v>22</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132">
         <v>0</v>
       </c>
       <c r="I132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>54</v>
@@ -20397,51 +20397,51 @@
       <c r="AS132" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT132" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV132" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW132" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>100</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
-          <t>7697Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по</t>
+          <t>7697Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Амет-Хана Султана, перспективний № 8 та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>61</v>
       </c>
       <c r="E133" t="s">
         <v>52</v>
       </c>
       <c r="F133">
         <v>22</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
         <v>0</v>
       </c>
       <c r="I133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>54</v>
@@ -20548,51 +20548,51 @@
       <c r="AS133" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV133" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW133" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>100</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>7698Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Чигиринській та</t>
+          <t>7698Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Чигиринській та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>61</v>
       </c>
       <c r="E134" t="s">
         <v>52</v>
       </c>
       <c r="F134">
         <v>22</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
         <v>0</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>54</v>
@@ -20699,51 +20699,51 @@
       <c r="AS134" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV134" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW134" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
         <v>100</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>7699Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Десантників</t>
+          <t>7699Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на розі вул. Десантників та вул. Григорія Сковороди (перспективна адреса вул. Десантників, 15) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>61</v>
       </c>
       <c r="E135" t="s">
         <v>52</v>
       </c>
       <c r="F135">
         <v>22</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
         <v>0</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>54</v>
@@ -21454,51 +21454,51 @@
       <c r="AS139" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV139" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW139" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>100</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>7704Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-52 «Про внесення змін та доповнень до рішення Черкаської  міської ради від 06.04.2010 № 5-573 «Про затвердження проектів</t>
+          <t>7704Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-52 «Про внесення змін та доповнень до рішення Черкаської  міської ради від 06.04.2010 № 5-573 «Про затвердження проектів землеустрою щодо відведення земельних ділянок та визначення умов земельного аукціону»</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>61</v>
       </c>
       <c r="E140" t="s">
         <v>52</v>
       </c>
       <c r="F140">
         <v>22</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
         <v>0</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>54</v>
@@ -21605,51 +21605,51 @@
       <c r="AS140" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV140" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW140" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>100</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>7705Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-53 «Про внесення змін та доповнень до рішення Черкаської  міської ради від 11.09.2014 № 2-156 «Про затвердження проектів</t>
+          <t>7705Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-53 «Про внесення змін та доповнень до рішення Черкаської  міської ради від 11.09.2014 № 2-156 «Про затвердження проектів землеустрою щодо відведення земельних ділянок, які пропонуються для продажу на земельних торгах»</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>61</v>
       </c>
       <c r="E141" t="s">
         <v>52</v>
       </c>
       <c r="F141">
         <v>22</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
         <v>0</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>54</v>
@@ -21907,51 +21907,51 @@
       <c r="AS142" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV142" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW142" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>100</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
-          <t>7707Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по проспекту Перемоги, 25, з метою подальшого оформлення ОСББ «НОВИЙ ПАРКОВИЙ 25/8»</t>
+          <t>7707Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по проспекту Перемоги, 25, з метою подальшого оформлення ОСББ «НОВИЙ ПАРКОВИЙ 25/8» права користування її частиною</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>61</v>
       </c>
       <c r="E143" t="s">
         <v>52</v>
       </c>
       <c r="F143">
         <v>22</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
         <v>0</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>54</v>