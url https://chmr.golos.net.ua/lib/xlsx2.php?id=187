--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -2789,51 +2789,51 @@
       <c r="AS16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW16" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>7018Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської</t>
+          <t>7018Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської територіальної громади на 2023-2026 роки»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>56</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17">
         <v>32</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>54</v>
@@ -3242,51 +3242,51 @@
       <c r="AS19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW19" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>7021Про внесення змін до рішення міської ради від 01.10.2020 № 2-6379 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська</t>
+          <t>7021Про внесення змін до рішення міської ради від 01.10.2020 № 2-6379 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська міська комунальна аварійно-рятувальна служба» на 2021-2023 роки»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
         <v>52</v>
       </c>
       <c r="F20">
         <v>32</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>54</v>
@@ -3393,51 +3393,51 @@
       <c r="AS20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW20" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>7023Про скасування наказу департаменту архітектури та містобудування №420 від 4 листопада 2019 року “Про затвердження    ПП «Дніпробуд-Центр» містобудівних умов та обмежень забудови земельної</t>
+          <t>7023Про скасування наказу департаменту архітектури та містобудування №420 від 4 листопада 2019 року “Про затвердження    ПП «Дніпробуд-Центр» містобудівних умов та обмежень забудови земельної ділянки біля перехрестя вул. Лісова просіка та вул. Можайського”</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21">
         <v>34</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>54</v>
@@ -3846,51 +3846,51 @@
       <c r="AS23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>7035Про розгляд петиції щодо повернення в закладах загальної середньої освіти одноразового безоплатного харчування учнів 1-4 класів, які не належать до пільгових категорій, визначених ст.56</t>
+          <t>7035Про розгляд петиції щодо повернення в закладах загальної середньої освіти одноразового безоплатного харчування учнів 1-4 класів, які не належать до пільгових категорій, визначених ст.56 Закону України «Про освіту»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24">
         <v>15</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>58</v>
@@ -3997,51 +3997,51 @@
       <c r="AS24" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AV24" t="s" s="5">
         <v>58</v>
       </c>
       <c r="AW24" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>65</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>7036Про розгляд петиції щодо повернення в закладах загальної середньої освіти одноразового безоплатного харчування учнів 1-4 класів, які не належать до пільгових категорій, визначених ст.56</t>
+          <t>7036Про розгляд петиції щодо повернення в закладах загальної середньої освіти одноразового безоплатного харчування учнів 1-4 класів, які не належать до пільгових категорій, визначених ст.56 Закону України «Про освіту»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>56</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25">
         <v>28</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25">
         <v>0</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>66</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>54</v>
@@ -6260,51 +6260,51 @@
       <c r="AS39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>75</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>7055Про передачу земельної ділянки у власність та відмову в передачі земельної ділянки в оренду по вул. Гуржіївській, 142/пров. Яська Воронченка, 23 громадянам Беляєву С.Л., Беляєвій Л.В. (існуюче</t>
+          <t>7055Про передачу земельної ділянки у власність та відмову в передачі земельної ділянки в оренду по вул. Гуржіївській, 142/пров. Яська Воронченка, 23 громадянам Беляєву С.Л., Беляєвій Л.В. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>56</v>
       </c>
       <c r="E40" t="s">
         <v>52</v>
       </c>
       <c r="F40">
         <v>22</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
         <v>0</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>54</v>
@@ -12300,51 +12300,51 @@
       <c r="AS79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>75</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>7095Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>7095Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (навпроти домоволодіння по пров. Суботівський, 7), надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>56</v>
       </c>
       <c r="E80" t="s">
         <v>52</v>
       </c>
       <c r="F80">
         <v>22</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
         <v>0</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>54</v>
@@ -12451,51 +12451,51 @@
       <c r="AS80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW80" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>75</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>7096Про надання ППВП «Агропромбуд» дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки земельної ділянки по вул. Максима</t>
+          <t>7096Про надання ППВП «Агропромбуд» дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки земельної ділянки по вул. Максима Залізняка, 169/2</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>56</v>
       </c>
       <c r="E81" t="s">
         <v>52</v>
       </c>
       <c r="F81">
         <v>22</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>54</v>
@@ -13357,51 +13357,51 @@
       <c r="AS86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW86" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>75</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
-          <t>7102Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Набережній, яка перебуває в постійному користуванні КОМУНАЛЬНОГО ПІДПРИЄМСТВА «ДИРЕКЦІЯ</t>
+          <t>7102Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Набережній, яка перебуває в постійному користуванні КОМУНАЛЬНОГО ПІДПРИЄМСТВА «ДИРЕКЦІЯ ПАРКІВ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>56</v>
       </c>
       <c r="E87" t="s">
         <v>52</v>
       </c>
       <c r="F87">
         <v>22</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
         <v>0</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>54</v>
@@ -13508,51 +13508,51 @@
       <c r="AS87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW87" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>75</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
-          <t>7103Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Сумгаїтській, 10, яка перебуває в постійному користуванні ПРАТ «Укрп҆єзо», з</t>
+          <t>7103Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Сумгаїтській, 10, яка перебуває в постійному користуванні ПРАТ «Укрп҆єзо», з метою оформлення права користування її частиною гр. Морозом М.І та гр. Мороз Н.М.</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>56</v>
       </c>
       <c r="E88" t="s">
         <v>52</v>
       </c>
       <c r="F88">
         <v>22</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J88" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>54</v>
@@ -13659,51 +13659,51 @@
       <c r="AS88" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW88" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>75</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
-          <t>7104Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Кривалівській, 7 та передачі її частини в постійне користування ГОЛОВНОМУ УПРАВЛІННЮ</t>
+          <t>7104Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Кривалівській, 7 та передачі її частини в постійне користування ГОЛОВНОМУ УПРАВЛІННЮ ДЕРЖПРОДСПОЖИВСЛУЖБИ В ЧЕРКАСЬКІЙ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>56</v>
       </c>
       <c r="E89" t="s">
         <v>52</v>
       </c>
       <c r="F89">
         <v>22</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>0</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>54</v>