--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -57,50 +57,53 @@
     <t>utr</t>
   </si>
   <si>
     <t>Diskant Roman Volodymyrovych</t>
   </si>
   <si>
     <t>Karas Pavlo Mykolayovych</t>
   </si>
   <si>
     <t>Melnyk Oleksiy Oleksiyovych</t>
   </si>
   <si>
     <t>Minyaylo Valeriy Volodymyrovych</t>
   </si>
   <si>
     <t>Savenko Oleksandr Serhiyovych</t>
   </si>
   <si>
     <t>Sukharkov Ivan Vasylovych</t>
   </si>
   <si>
     <t>Trenkin Yuriy Vasylovych</t>
   </si>
   <si>
     <t>Bondarenko Anatoliy Vasylovych</t>
+  </si>
+  <si>
+    <t>Shmyhol Serhiy Olehovych</t>
   </si>
   <si>
     <t>Abramova Karyna Serhiyivna</t>
   </si>
   <si>
     <t>Ahapova Olena Mykhaylivna</t>
   </si>
   <si>
     <t>Bandura Inna Valeriyivna</t>
   </si>
   <si>
     <t>Batyr Ruslan Anatoliyovych</t>
   </si>
   <si>
     <t>Buryak Svitlana Vyacheslavivna</t>
   </si>
   <si>
     <t>Voloshyn Anatoliy Ivanovych</t>
   </si>
   <si>
     <t>Hladkyy Heorhiy Anatoliyovych</t>
   </si>
   <si>
     <t>Drumashko Volodymyr Hryhorovych</t>
   </si>
@@ -144,53 +147,50 @@
     <t>Mushiyek Andriy Mykhaylovych</t>
   </si>
   <si>
     <t>Pohostinska Yuliya Oleksandrivna</t>
   </si>
   <si>
     <t>Pryadka Serhiy Mykolayovych</t>
   </si>
   <si>
     <t>Ruban Serhiy Leonidovych</t>
   </si>
   <si>
     <t>Salina Yuliya Ivanivna</t>
   </si>
   <si>
     <t>Tronts Tymofiy Volodymyrovych</t>
   </si>
   <si>
     <t>Kholupnyak Kateryna Oleksandrivna</t>
   </si>
   <si>
     <t>Shabatura Serhiy Volodymyrovych</t>
   </si>
   <si>
     <t>Shevchenko Hennadiy Yuriyovych</t>
-  </si>
-[...1 lines deleted...]
-    <t>Shmyhol Serhiy Olehovych</t>
   </si>
   <si>
     <t>Pustovar Vladyslav Volodymyrovych</t>
   </si>
   <si>
     <t>Shynkarova Valeriya Serhiyivna</t>
   </si>
   <si>
     <t>Maslyanko Oksana Anatoliyivna</t>
   </si>
   <si>
     <t>26.01.23  10:21:46</t>
   </si>
   <si>
     <t>В цілому з пропозиціями</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -805,129 +805,129 @@
       <c r="L2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>49</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>6812Про передачу у власність  Черкаської міської територіальної громади та на баланс КП ТМ «Черкаситеплокомуненерго» мережі  теплопостачання до будівлі КП «Кінотеатр Україна» по вул.</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>50</v>
@@ -956,129 +956,129 @@
       <c r="L3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>55</v>
       </c>
       <c r="D4" t="s">
         <v>50</v>
       </c>
       <c r="E4" t="s">
@@ -1105,129 +1105,129 @@
       <c r="L4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>6814Про внесення змін до рішення Черкаської міської ради від 10.04.2020 № 2-5914 «Про затвердження положень про відзначення міськими нагородами»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>50</v>
@@ -1256,129 +1256,129 @@
       <c r="L5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>6815Про внесення змін до рішення Черкаської міської ради від 26.01.2021 № 3-42 «Про затвердження програми соціальної підтримки сімей м. Черкаси на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>50</v>
@@ -1407,129 +1407,129 @@
       <c r="L6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>6816Про затвердження Статуту в новій редакції та доповнення видів економічної діяльності комунального підприємства «Екологія» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>50</v>
@@ -1558,129 +1558,129 @@
       <c r="L7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW7" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>6817Про затвердження змін до Територіальної галузевої угоди між Черкаською міською радою та  Черкаською обласною організацією Профспілки працівників житлово-комунального господарства,</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>50</v>
@@ -1709,129 +1709,129 @@
       <c r="L8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS8" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT8" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>6818Про розгляд електронної петиції від 11.11.2022 №Че/1895-еп про невідключення від електропостачання багатоквартирних будинків, в яких тільки електричне опалення</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>50</v>
@@ -1860,129 +1860,129 @@
       <c r="L9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS9" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT9" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW9" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>6819Про затвердження Статуту комунального підприємства електромереж зовнішнього освітлення «Міськсвітло» Черкаської міської ради» в новій редакції</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>50</v>
@@ -2011,129 +2011,129 @@
       <c r="L10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS10" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT10" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>6820Про внесення змін до рішення Черкаської міської ради від 23.12.2021 № 16-3 «Про затвердження Програми забезпечення законності та профілактики правопорушень у місті Черкаси на 2022-2026 роки»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>50</v>
@@ -2162,129 +2162,129 @@
       <c r="L11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS11" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT11" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>6821Про внесення змін до рішення Черкаської міської ради від 03.03.2022 № 21-1 «Про затвердження Програми підтримки Збройних Сил України на 2022-2023 роки»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>50</v>
@@ -2313,129 +2313,129 @@
       <c r="L12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS12" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW12" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>6822Про внесення змін до рішення Черкаської міської ради від 01.12.2022 № 33-25 «Про затвердження міської цільової програми заходів та робіт з територіальної борони  м. Черкаси на 2022-2023 роки»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>50</v>
@@ -2464,129 +2464,129 @@
       <c r="L13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS13" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT13" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW13" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>6823Про внесення змін до рішення Черкаської міської ради від 15.06.2021 № 6-32 «Про затвердження Програми протидії тероризму на території міста Черкаси на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>50</v>
@@ -2615,129 +2615,129 @@
       <c r="L14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS14" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT14" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>6824Про внесення змін до рішення Черкаської міської ради від 06.04.2021 № 5-20 «Про затвердження Програми боротьби з карантинними бур’янами у м. Черкаси на 2021-2027 роки»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>50</v>
@@ -2766,129 +2766,129 @@
       <c r="L15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS15" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT15" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW15" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>56</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>6825Про розгляд електронної петиції від 27.11.2022 №Че/1902-еп щодо заборони видачі дозвільних документів та паспорту прив’язки на встановлення тимчасових споруд по вул. Козацька, біля будинків №1/1</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>50</v>
@@ -2917,129 +2917,129 @@
       <c r="L16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS16" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AT16" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW16" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>57</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>6826Про внесення змін до рішення міської ради від 22.12.2022  № 34-34 «Про бюджет Черкаської міської територіальної громади на 2023 рік (2357600000)»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>50</v>
@@ -3065,111 +3065,111 @@
       <c r="K17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T17" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC17" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD17" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL17" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM17" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>52</v>
       </c>
@@ -3219,129 +3219,129 @@
       <c r="L18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X18" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y18" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y18" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB18" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AC18" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL18" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM18" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS18" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT18" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW18" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>6828Про визначення  департаменту соціальної політики Черкаської міської ради уповноваженим на надання адміністративних послуг соціального спрямування</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>59</v>
@@ -3361,138 +3361,138 @@
       <c r="I19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL19" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM19" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ19" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AR19" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AS19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT19" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW19" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>6829Про внесення змін до рішення Черкаської міської ради від 28.07.2016 № 2-830 «Про безоплатну передачу на баланс КП «Дирекція парків» Черкаської міської ради громадського туалету по вул. Байди</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>59</v>
@@ -3512,135 +3512,135 @@
       <c r="I20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q20" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL20" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM20" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO20" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AP20" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS20" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV20" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW20" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" t="s" s="4">
         <v>64</v>
       </c>
       <c r="D21" t="s">
@@ -3661,138 +3661,138 @@
       <c r="I21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q21" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL21" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM21" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT21" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW21" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>65</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>6831Про продовження терміну дії рішення міської ради від 23.12.2021 №16-24 «Про перелік  об’єктів малої приватизації комунальної  власності м. Черкаси, що  підлягають  приватизації у 2022 році»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>50</v>
@@ -3812,138 +3812,138 @@
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q22" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL22" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM22" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT22" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW22" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>6832Про затвердження Програми молодіжного житлового кредитування  у м. Черкаси  на 2023 – 2027 роки та Положення  про порядок надання пільгового довготермінового кредиту молодим сім`ям, одиноким</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>59</v>
@@ -3972,108 +3972,108 @@
       <c r="L23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB23" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL23" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM23" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>52</v>
       </c>
@@ -4114,138 +4114,138 @@
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q24" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD24" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF24" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK24" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL24" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM24" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT24" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW24" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>6834Про затвердження Статуту комунального підприємства «Благоустрій» Черкаської міської ради в новій редакції</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>59</v>
@@ -4265,138 +4265,138 @@
       <c r="I25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q25" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S25" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T25" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V25" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X25" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y25" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y25" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA25" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB25" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AB25" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC25" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD25" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF25" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK25" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL25" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM25" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN25" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO25" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ25" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS25" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT25" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV25" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AW25" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>69</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>6835Про доповнення до видів економічної діяльності комунального підприємства «Благоустрій» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>59</v>
@@ -4431,117 +4431,117 @@
       <c r="N26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V26" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK26" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL26" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM26" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ26" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AR26" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW26" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>70</v>
       </c>
       <c r="C27" t="s" s="4">
@@ -4565,138 +4565,138 @@
       <c r="I27" t="s" s="5">
         <v>60</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>60</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q27" t="s" s="5">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="R27" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V27" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ27" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AK27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL27" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM27" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO27" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP27" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP27" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ27" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR27" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AR27" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AS27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT27" t="s" s="5">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV27" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AW27" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>6837Про згоду щодо безоплатної передачі у власність Черкаської  міської територіальної громади  очисних споруд</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>59</v>
@@ -4719,135 +4719,135 @@
       <c r="J28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="U28" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V28" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V28" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W28" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC28" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AD28" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD28" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE28" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ28" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AK28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL28" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM28" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO28" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP28" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AP28" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ28" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT28" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>73</v>
       </c>
       <c r="AV28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>75</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>6840Про передачу земельної ділянки у власність по вул. Хрещатик, 4 громадянці Батюк Н.М. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>50</v>
@@ -4882,102 +4882,102 @@
       <c r="N29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V29" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC29" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD29" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH29" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI29" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL29" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM29" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>52</v>
       </c>
@@ -5033,102 +5033,102 @@
       <c r="N30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V30" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC30" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD30" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH30" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI30" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL30" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM30" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>52</v>
       </c>
@@ -5184,102 +5184,102 @@
       <c r="N31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V31" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z31" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA31" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC31" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD31" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH31" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI31" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL31" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM31" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>52</v>
       </c>
@@ -5335,102 +5335,102 @@
       <c r="N32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V32" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC32" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD32" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH32" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI32" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL32" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM32" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
@@ -5486,102 +5486,102 @@
       <c r="N33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V33" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC33" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD33" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH33" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI33" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL33" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM33" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>52</v>
       </c>
@@ -5637,102 +5637,102 @@
       <c r="N34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V34" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC34" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD34" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH34" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI34" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL34" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM34" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>52</v>
       </c>
@@ -5788,102 +5788,102 @@
       <c r="N35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V35" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC35" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD35" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH35" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI35" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL35" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM35" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>52</v>
       </c>
@@ -5939,102 +5939,102 @@
       <c r="N36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V36" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC36" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD36" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH36" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI36" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL36" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM36" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>52</v>
       </c>
@@ -6090,102 +6090,102 @@
       <c r="N37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V37" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC37" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD37" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH37" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI37" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL37" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM37" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>52</v>
       </c>
@@ -6241,102 +6241,102 @@
       <c r="N38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V38" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC38" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD38" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH38" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI38" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL38" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM38" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>52</v>
       </c>
@@ -6392,102 +6392,102 @@
       <c r="N39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V39" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC39" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD39" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH39" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI39" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL39" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM39" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>52</v>
       </c>
@@ -6543,102 +6543,102 @@
       <c r="N40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V40" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC40" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD40" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH40" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI40" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL40" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM40" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>52</v>
       </c>
@@ -6694,102 +6694,102 @@
       <c r="N41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V41" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA41" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC41" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD41" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF41" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH41" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI41" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL41" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM41" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>52</v>
       </c>
@@ -6845,102 +6845,102 @@
       <c r="N42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V42" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z42" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA42" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC42" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD42" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF42" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH42" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI42" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL42" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM42" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>52</v>
       </c>
@@ -6996,102 +6996,102 @@
       <c r="N43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V43" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z43" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA43" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC43" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD43" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH43" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI43" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL43" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM43" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>52</v>
       </c>
@@ -7147,102 +7147,102 @@
       <c r="N44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V44" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA44" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC44" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD44" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF44" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH44" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI44" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL44" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM44" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
@@ -7298,102 +7298,102 @@
       <c r="N45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V45" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA45" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC45" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD45" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH45" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI45" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL45" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM45" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
@@ -7449,102 +7449,102 @@
       <c r="N46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V46" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA46" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC46" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD46" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF46" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH46" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI46" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL46" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM46" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>52</v>
       </c>
@@ -7600,102 +7600,102 @@
       <c r="N47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V47" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA47" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC47" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD47" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF47" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH47" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI47" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL47" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM47" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>52</v>
       </c>
@@ -7751,102 +7751,102 @@
       <c r="N48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V48" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z48" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA48" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC48" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD48" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF48" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH48" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI48" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL48" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM48" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>52</v>
       </c>
@@ -7902,102 +7902,102 @@
       <c r="N49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V49" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z49" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA49" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC49" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD49" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF49" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH49" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI49" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL49" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM49" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>52</v>
       </c>
@@ -8053,102 +8053,102 @@
       <c r="N50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA50" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC50" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD50" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH50" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI50" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL50" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM50" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>52</v>
       </c>
@@ -8204,102 +8204,102 @@
       <c r="N51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V51" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z51" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA51" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC51" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD51" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF51" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH51" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI51" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL51" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM51" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>52</v>
       </c>
@@ -8353,102 +8353,102 @@
       <c r="N52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V52" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z52" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA52" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC52" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD52" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF52" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH52" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI52" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL52" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM52" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>52</v>
       </c>
@@ -8504,102 +8504,102 @@
       <c r="N53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V53" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z53" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA53" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC53" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD53" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF53" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH53" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI53" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL53" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM53" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>52</v>
       </c>
@@ -8655,102 +8655,102 @@
       <c r="N54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V54" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X54" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z54" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA54" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC54" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD54" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF54" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH54" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI54" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL54" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM54" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>52</v>
       </c>
@@ -8806,102 +8806,102 @@
       <c r="N55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V55" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W55" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X55" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z55" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA55" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC55" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD55" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF55" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH55" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI55" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL55" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM55" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>52</v>
       </c>
@@ -8957,102 +8957,102 @@
       <c r="N56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V56" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X56" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z56" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA56" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC56" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD56" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF56" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH56" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI56" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL56" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM56" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>52</v>
       </c>
@@ -9108,102 +9108,102 @@
       <c r="N57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V57" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W57" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X57" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z57" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA57" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC57" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD57" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF57" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH57" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI57" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL57" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM57" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>52</v>
       </c>
@@ -9257,102 +9257,102 @@
       <c r="N58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V58" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X58" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z58" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA58" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC58" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD58" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF58" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH58" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI58" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL58" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM58" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>52</v>
       </c>
@@ -9406,102 +9406,102 @@
       <c r="N59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V59" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W59" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X59" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA59" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC59" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD59" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH59" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI59" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL59" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM59" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>52</v>
       </c>
@@ -9557,102 +9557,102 @@
       <c r="N60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V60" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W60" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z60" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA60" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC60" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD60" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF60" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH60" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI60" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL60" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM60" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>52</v>
       </c>
@@ -9708,102 +9708,102 @@
       <c r="N61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V61" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X61" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z61" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA61" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC61" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD61" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF61" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH61" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI61" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL61" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM61" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>52</v>
       </c>
@@ -9859,102 +9859,102 @@
       <c r="N62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V62" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X62" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z62" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA62" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC62" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD62" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF62" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH62" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI62" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL62" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM62" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
@@ -10010,102 +10010,102 @@
       <c r="N63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V63" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W63" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X63" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z63" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA63" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC63" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD63" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF63" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH63" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI63" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL63" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM63" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>52</v>
       </c>
@@ -10161,102 +10161,102 @@
       <c r="N64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V64" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W64" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X64" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z64" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA64" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC64" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD64" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF64" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH64" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI64" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL64" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM64" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>52</v>
       </c>
@@ -10310,102 +10310,102 @@
       <c r="N65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V65" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W65" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X65" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z65" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA65" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC65" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD65" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF65" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH65" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI65" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL65" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM65" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT65" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU65" t="s" s="5">
         <v>52</v>
       </c>
@@ -10461,102 +10461,102 @@
       <c r="N66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V66" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W66" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X66" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z66" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA66" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC66" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD66" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF66" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG66" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH66" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI66" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL66" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM66" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT66" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU66" t="s" s="5">
         <v>52</v>
       </c>
@@ -10612,102 +10612,102 @@
       <c r="N67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V67" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W67" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X67" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z67" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA67" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC67" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD67" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF67" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH67" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI67" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL67" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM67" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
@@ -10763,102 +10763,102 @@
       <c r="N68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V68" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W68" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X68" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z68" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA68" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC68" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD68" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF68" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH68" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI68" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL68" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM68" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>52</v>
       </c>
@@ -10914,102 +10914,102 @@
       <c r="N69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V69" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W69" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X69" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z69" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA69" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC69" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD69" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF69" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH69" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI69" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL69" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM69" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>52</v>
       </c>
@@ -11063,102 +11063,102 @@
       <c r="N70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V70" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W70" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X70" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z70" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA70" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC70" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD70" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF70" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH70" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI70" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL70" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM70" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>52</v>
       </c>
@@ -11212,102 +11212,102 @@
       <c r="N71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V71" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W71" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X71" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z71" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA71" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC71" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD71" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF71" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH71" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI71" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL71" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM71" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>52</v>
       </c>
@@ -11361,102 +11361,102 @@
       <c r="N72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V72" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W72" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X72" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z72" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA72" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC72" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD72" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF72" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH72" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI72" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL72" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM72" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT72" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU72" t="s" s="5">
         <v>52</v>
       </c>
@@ -11510,102 +11510,102 @@
       <c r="N73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V73" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X73" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z73" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA73" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC73" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD73" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF73" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH73" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI73" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL73" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM73" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>52</v>
       </c>
@@ -11659,102 +11659,102 @@
       <c r="N74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V74" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W74" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X74" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z74" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA74" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC74" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD74" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF74" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH74" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI74" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL74" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM74" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT74" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU74" t="s" s="5">
         <v>52</v>
       </c>
@@ -11810,102 +11810,102 @@
       <c r="N75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V75" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W75" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X75" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z75" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA75" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC75" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD75" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF75" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG75" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH75" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI75" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL75" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM75" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT75" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU75" t="s" s="5">
         <v>52</v>
       </c>
@@ -11961,102 +11961,102 @@
       <c r="N76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V76" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W76" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X76" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z76" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA76" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC76" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD76" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF76" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH76" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI76" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL76" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM76" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT76" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU76" t="s" s="5">
         <v>52</v>
       </c>
@@ -12112,102 +12112,102 @@
       <c r="N77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V77" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W77" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X77" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z77" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA77" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC77" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD77" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF77" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH77" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI77" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AJ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AK77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL77" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM77" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>52</v>
       </c>
@@ -12248,138 +12248,138 @@
       <c r="I78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q78" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S78" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T78" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="T78" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="U78" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="V78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y78" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z78" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA78" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB78" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AB78" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC78" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AD78" t="s" s="5">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AF78" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH78" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI78" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ78" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK78" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL78" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM78" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN78" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS78" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT78" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW78" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>86</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
           <t>6890Про скасування рішення Черкаської міської ради від 31.01.2019 № 2-3992 та передачу земельної ділянки у власність по вул. Мечникова, громадянину Павлєєву О.А. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>59</v>
@@ -12399,138 +12399,138 @@
       <c r="I79" t="s" s="5">
         <v>60</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L79" t="s" s="5">
         <v>60</v>
       </c>
       <c r="M79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q79" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S79" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T79" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="U79" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W79" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X79" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y79" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y79" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z79" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA79" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB79" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AB79" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC79" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AD79" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD79" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE79" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AF79" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AF79" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AG79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH79" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI79" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ79" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL79" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM79" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN79" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO79" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP79" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP79" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR79" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AS79" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AS79" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AT79" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>73</v>
       </c>
       <c r="AV79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW79" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>87</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
           <t>6891Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Грузиненка, 22/2 громадянці Супрун Л.С. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>59</v>
@@ -12550,138 +12550,138 @@
       <c r="I80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q80" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="R80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S80" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="U80" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="V80" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="V80" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y80" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z80" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA80" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB80" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AB80" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC80" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AD80" t="s" s="5">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="AE80" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AF80" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="AG80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH80" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI80" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ80" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK80" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL80" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM80" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN80" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO80" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP80" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP80" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR80" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AS80" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AS80" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AT80" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV80" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW80" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>88</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
           <t>6892Про передачу земельних ділянок у власність по вул. Ціолковського, 27/1 громадянину Михалку В.В. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>59</v>
@@ -12701,138 +12701,138 @@
       <c r="I81" t="s" s="5">
         <v>60</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>60</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q81" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T81" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U81" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V81" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W81" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X81" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y81" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z81" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA81" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD81" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF81" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH81" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI81" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ81" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK81" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL81" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM81" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ81" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR81" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AR81" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AS81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT81" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV81" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW81" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>89</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
           <t>6893Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Надпільній, 235 громадянці Кучіновій І.Г. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>59</v>
@@ -12861,123 +12861,123 @@
       <c r="L82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T82" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="U82" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="V82" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W82" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z82" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA82" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF82" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH82" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI82" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ82" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK82" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL82" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM82" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ82" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AR82" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV82" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW82" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>90</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
@@ -13003,138 +13003,138 @@
       <c r="I83" t="s" s="5">
         <v>60</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>60</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q83" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="R83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S83" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T83" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="T83" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="U83" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="V83" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W83" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X83" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y83" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y83" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z83" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA83" t="s" s="5">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="AB83" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AC83" t="s" s="5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="AD83" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AF83" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="AG83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH83" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI83" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ83" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK83" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL83" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM83" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN83" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO83" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AO83" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AP83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ83" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="AR83" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AS83" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AT83" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV83" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AW83" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>91</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
           <t>6895Про передачу земельних ділянок у власність по пров. Медичному, 6а/1 громадянину Чернишуку В.П (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>59</v>
@@ -13154,138 +13154,138 @@
       <c r="I84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>60</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q84" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V84" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y84" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z84" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA84" t="s" s="5">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="AB84" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AC84" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AD84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE84" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AF84" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH84" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI84" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ84" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK84" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL84" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM84" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN84" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO84" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AP84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ84" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR84" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AR84" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AS84" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT84" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU84" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV84" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AW84" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>92</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
           <t>6896Про передачу земельної ділянки у власність по пров. Медичному, 6а громадянам Гулику І.Т., Гулик Т.О., Вікторовій Т.І., Гулику О.І. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>59</v>
@@ -13305,138 +13305,138 @@
       <c r="I85" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q85" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="R85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V85" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W85" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X85" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y85" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z85" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA85" t="s" s="5">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="AB85" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AC85" t="s" s="5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="AD85" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF85" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH85" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI85" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ85" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK85" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL85" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM85" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ85" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR85" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AR85" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AS85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT85" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV85" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AW85" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>93</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
           <t>6897Про передачу громадянам Лагуті В. Д., Лагуті І. В, Лукашенко О. В., Лагуті Л. Ю. земельної ділянки в оренду по вул. Мечникова, 8 (лишки в межах існуючого домоволодіння)</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>59</v>
@@ -13456,138 +13456,138 @@
       <c r="I86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q86" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S86" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T86" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="T86" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="U86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V86" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X86" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y86" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z86" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA86" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB86" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AB86" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC86" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD86" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE86" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE86" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF86" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH86" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI86" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ86" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL86" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM86" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN86" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO86" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AO86" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AP86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ86" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="AR86" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AS86" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AT86" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU86" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV86" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AW86" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>94</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
           <t>6898Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Підгірній, 19 громадянці Глущенко Н.Є. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>59</v>
@@ -13607,138 +13607,138 @@
       <c r="I87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q87" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S87" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="U87" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="V87" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y87" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z87" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA87" t="s" s="5">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="AB87" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AC87" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AD87" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AE87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF87" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG87" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH87" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI87" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ87" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK87" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL87" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM87" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN87" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO87" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AP87" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ87" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR87" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AR87" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AS87" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT87" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AU87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV87" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW87" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>95</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
           <t>6899Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Підгірній, 19 громадянці Глущенко Н.Є. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>50</v>
@@ -13761,132 +13761,132 @@
       <c r="J88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M88" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R88" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S88" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="T88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V88" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W88" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X88" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z88" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA88" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB88" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AC88" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AD88" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD88" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF88" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH88" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI88" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ88" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL88" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM88" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR88" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AS88" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV88" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW88" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>96</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
           <t>6900Про надання ОСББ «ГАГАРІНА-35» земельної ділянки в постійне користування по вул. Гагаріна, 35</t>
         </is>
@@ -13909,126 +13909,126 @@
       <c r="I89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q89" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T89" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="U89" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="V89" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X89" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z89" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA89" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC89" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE89" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AF89" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH89" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI89" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ89" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK89" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL89" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM89" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP89" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AQ89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU89" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV89" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW89" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
@@ -14058,132 +14058,132 @@
       <c r="I90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q90" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="R90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T90" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="U90" t="s" s="5">
         <v>60</v>
       </c>
       <c r="V90" t="s" s="5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="W90" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X90" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y90" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z90" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA90" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC90" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD90" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE90" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AF90" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG90" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH90" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI90" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ90" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL90" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM90" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN90" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO90" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP90" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP90" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ90" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AR90" t="s" s="5">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="AS90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV90" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW90" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>99</v>
       </c>
       <c r="C91" t="inlineStr" s="4">
@@ -14209,138 +14209,138 @@
       <c r="I91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q91" t="s" s="5">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="R91" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S91" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="T91" t="s" s="5">
         <v>60</v>
       </c>
       <c r="U91" t="s" s="5">
         <v>60</v>
       </c>
       <c r="V91" t="s" s="5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="W91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y91" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z91" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA91" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB91" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AC91" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC91" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AD91" t="s" s="5">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="AE91" t="s" s="5">
         <v>73</v>
       </c>
       <c r="AF91" t="s" s="5">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="AG91" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH91" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI91" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ91" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL91" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM91" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN91" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO91" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AO91" t="s" s="5">
+      <c r="AP91" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP91" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ91" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AR91" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AR91" t="s" s="5">
+      <c r="AS91" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AS91" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AT91" t="s" s="5">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="AU91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV91" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW91" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>100</v>
       </c>
       <c r="C92" t="inlineStr" s="4">
         <is>
           <t>6903Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
         </is>
       </c>
       <c r="D92" t="s">
         <v>101</v>
@@ -14372,105 +14372,105 @@
       <c r="M92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U92" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="V92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z92" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA92" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC92" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AD92" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD92" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF92" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG92" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH92" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI92" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ92" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK92" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AL92" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM92" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT92" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>54</v>
       </c>
@@ -14511,138 +14511,138 @@
       <c r="I93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q93" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="R93" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="S93" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="S93" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U93" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="V93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y93" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z93" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA93" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF93" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG93" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH93" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI93" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ93" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL93" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM93" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO93" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP93" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP93" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ93" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AR93" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AS93" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AT93" t="s" s="5">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AU93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV93" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW93" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>103</v>
       </c>
       <c r="C94" t="inlineStr" s="4">
         <is>
           <t>6905Про продаж на земельних торгах  права власності на земельну ділянку площею 0,01 га по вул. Максима Залізняка, біля будинку № 29/1, та затвердження умов проведення земельних торгів</t>
         </is>
       </c>
       <c r="D94" t="s">
         <v>59</v>
@@ -14665,129 +14665,129 @@
       <c r="J94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K94" t="s" s="5">
         <v>60</v>
       </c>
       <c r="L94" t="s" s="5">
         <v>60</v>
       </c>
       <c r="M94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O94" t="s" s="5">
         <v>73</v>
       </c>
       <c r="P94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R94" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="S94" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="S94" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T94" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U94" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="U94" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="V94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X94" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y94" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Z94" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA94" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC94" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD94" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE94" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF94" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AF94" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AG94" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH94" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI94" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ94" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK94" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AL94" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AL94" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AM94" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO94" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP94" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AP94" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ94" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AR94" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AS94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV94" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW94" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>104</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
@@ -14825,120 +14825,120 @@
       <c r="M95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U95" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="V95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W95" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X95" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y95" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z95" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA95" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC95" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD95" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AE95" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AF95" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG95" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH95" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI95" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ95" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL95" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM95" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ95" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AR95" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AS95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT95" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW95" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>105</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
@@ -14970,129 +14970,129 @@
       <c r="K96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S96" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="T96" t="s" s="5">
         <v>60</v>
       </c>
       <c r="U96" t="s" s="5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="V96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W96" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X96" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z96" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA96" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB96" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AC96" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD96" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE96" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE96" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF96" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG96" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH96" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI96" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ96" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL96" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM96" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN96" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="AO96" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AP96" t="s" s="5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="AQ96" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AR96" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AS96" t="s" s="5">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="AT96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV96" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW96" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>106</v>
       </c>
       <c r="C97" t="inlineStr" s="4">
         <is>
           <t>6908Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
         </is>
@@ -15118,135 +15118,135 @@
       <c r="J97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K97" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L97" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O97" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R97" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S97" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="T97" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="U97" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="V97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z97" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA97" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB97" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AB97" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC97" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD97" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF97" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG97" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH97" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI97" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ97" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK97" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL97" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM97" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP97" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AQ97" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AR97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS97" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT97" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AU97" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV97" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW97" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>107</v>
       </c>
       <c r="C98" t="inlineStr" s="4">
         <is>
           <t>6909Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
         </is>
       </c>
       <c r="D98" t="s">
         <v>101</v>
@@ -15293,108 +15293,108 @@
       <c r="R98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z98" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA98" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB98" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AC98" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD98" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF98" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG98" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH98" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI98" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ98" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK98" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL98" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM98" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR98" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AS98" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU98" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV98" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW98" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>108</v>
       </c>
       <c r="C99" t="inlineStr" s="4">
         <is>
           <t>6910Про продаж на земельних торгах  права оренди земельної ділянки площею 0,2472 га по вул. Сурікова та затвердження умов проведення земельних торгів</t>
         </is>
@@ -15432,105 +15432,105 @@
       <c r="N99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V99" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W99" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X99" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z99" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA99" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AC99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF99" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG99" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH99" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI99" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ99" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK99" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL99" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM99" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AN99" t="s" s="5">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AO99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU99" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV99" t="s" s="5">
         <v>54</v>
       </c>
@@ -15571,123 +15571,123 @@
       <c r="J100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R100" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="S100" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="S100" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T100" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U100" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V100" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V100" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y100" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Z100" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Z100" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AA100" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AB100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF100" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG100" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH100" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI100" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ100" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL100" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM100" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO100" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP100" t="s" s="5">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="AQ100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV100" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW100" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
@@ -15728,108 +15728,108 @@
       <c r="L101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T101" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U101" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X101" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y101" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z101" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA101" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AB101" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AC101" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF101" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG101" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH101" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI101" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ101" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK101" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL101" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM101" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT101" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU101" t="s" s="5">
         <v>52</v>
       </c>
@@ -15873,135 +15873,135 @@
       <c r="J102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="S102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR102" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT102" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW102" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>112</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
           <t>6917Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>59</v>
@@ -16021,138 +16021,138 @@
       <c r="I103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q103" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R103" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S103" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="T103" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U103" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V103" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W103" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="X103" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="X103" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Y103" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z103" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC103" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD103" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD103" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF103" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH103" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI103" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ103" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK103" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AL103" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM103" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ103" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR103" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT103" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU103" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW103" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>113</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
           <t>6918Про надання ТОВАРИСТВУ З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «АВТОРИНОК» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Прикордонника</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>59</v>
@@ -16172,138 +16172,138 @@
       <c r="I104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR104" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT104" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW104" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>114</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
           <t>6919Про  поновлення громадянину Ковалю Назару Олександровичу  договору оренди землі по вул. Дахнівській, 10а/31</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>59</v>
@@ -16323,138 +16323,138 @@
       <c r="I105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L105" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M105" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O105" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q105" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R105" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="S105" t="s" s="5">
         <v>60</v>
       </c>
       <c r="T105" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="U105" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V105" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W105" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="W105" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="X105" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y105" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Z105" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Z105" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AA105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC105" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD105" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="AE105" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AF105" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="AG105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH105" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI105" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ105" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK105" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AL105" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AL105" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AM105" t="s" s="5">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="AN105" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AO105" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AP105" t="s" s="5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="AQ105" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR105" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AS105" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AS105" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AT105" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW105" t="s" s="5">
         <v>60</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>115</v>
       </c>
       <c r="C106" t="s" s="4">
         <v>116</v>
       </c>
       <c r="D106" t="s">
         <v>59</v>
       </c>
       <c r="E106" t="s">
@@ -16472,138 +16472,138 @@
       <c r="I106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L106" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M106" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O106" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q106" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R106" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="S106" t="s" s="5">
         <v>60</v>
       </c>
       <c r="T106" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="U106" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V106" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V106" t="s" s="5">
+      <c r="W106" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="W106" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="X106" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Y106" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z106" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC106" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD106" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD106" t="s" s="5">
+      <c r="AE106" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE106" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF106" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH106" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI106" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ106" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK106" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AL106" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AL106" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AM106" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AN106" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AN106" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AO106" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP106" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP106" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ106" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR106" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS106" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT106" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU106" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AV106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW106" t="s" s="5">
         <v>60</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>117</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
           <t>6921Про надання гр. Прудкому І.А. дозволу на розроблення документації із землеустрою по вул. Михайла Грушевського, 95/1</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>101</v>
@@ -16623,138 +16623,138 @@
       <c r="I107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC107" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD107" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR107" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW107" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>118</v>
       </c>
       <c r="C108" t="s" s="4">
         <v>119</v>
       </c>
       <c r="D108" t="s">
         <v>59</v>
       </c>
       <c r="E108" t="s">
@@ -16772,138 +16772,138 @@
       <c r="I108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR108" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT108" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW108" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>120</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
           <t>6923Про надання ТОВ «ЄВРОКОМФОРТ АКТИВ» дозволу на розроблення документації із землеустрою по вул. Добровольчих батальйонів, 240</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>59</v>
@@ -16923,138 +16923,138 @@
       <c r="I109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q109" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S109" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T109" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U109" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V109" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W109" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X109" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Y109" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z109" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC109" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AD109" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF109" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH109" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI109" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ109" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK109" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AL109" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM109" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP109" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AQ109" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR109" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS109" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT109" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU109" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV109" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW109" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>121</v>
       </c>
       <c r="C110" t="s" s="4">
         <v>122</v>
       </c>
       <c r="D110" t="s">
         <v>59</v>
       </c>
       <c r="E110" t="s">
@@ -17072,138 +17072,138 @@
       <c r="I110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q110" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S110" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T110" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U110" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X110" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y110" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z110" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB110" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC110" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF110" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH110" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI110" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ110" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK110" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL110" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM110" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP110" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AQ110" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR110" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS110" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT110" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW110" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>123</v>
       </c>
       <c r="C111" t="s" s="4">
         <v>124</v>
       </c>
       <c r="D111" t="s">
         <v>59</v>
       </c>
       <c r="E111" t="s">
@@ -17221,138 +17221,138 @@
       <c r="I111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O111" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q111" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S111" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T111" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U111" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V111" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="W111" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="X111" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y111" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z111" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB111" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC111" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC111" t="s" s="5">
+      <c r="AD111" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD111" t="s" s="5">
+      <c r="AE111" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE111" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF111" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH111" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI111" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ111" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL111" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM111" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN111" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO111" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP111" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP111" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ111" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR111" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS111" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT111" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW111" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>125</v>
       </c>
       <c r="C112" t="s" s="4">
         <v>126</v>
       </c>
       <c r="D112" t="s">
         <v>59</v>
       </c>
       <c r="E112" t="s">
@@ -17370,138 +17370,138 @@
       <c r="I112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q112" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S112" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T112" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U112" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V112" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="W112" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="X112" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y112" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y112" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z112" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB112" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC112" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC112" t="s" s="5">
+      <c r="AD112" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD112" t="s" s="5">
+      <c r="AE112" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE112" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF112" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH112" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI112" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ112" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL112" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM112" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO112" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP112" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP112" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ112" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR112" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS112" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT112" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW112" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>127</v>
       </c>
       <c r="C113" t="s" s="4">
         <v>128</v>
       </c>
       <c r="D113" t="s">
         <v>59</v>
       </c>
       <c r="E113" t="s">
@@ -17519,138 +17519,138 @@
       <c r="I113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q113" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S113" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T113" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U113" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V113" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V113" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W113" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="X113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y113" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z113" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB113" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC113" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC113" t="s" s="5">
+      <c r="AD113" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD113" t="s" s="5">
+      <c r="AE113" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE113" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF113" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH113" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI113" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ113" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL113" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM113" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO113" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP113" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP113" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ113" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR113" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS113" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT113" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW113" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>129</v>
       </c>
       <c r="C114" t="s" s="4">
         <v>130</v>
       </c>
       <c r="D114" t="s">
         <v>59</v>
       </c>
       <c r="E114" t="s">
@@ -17668,138 +17668,138 @@
       <c r="I114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M114" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O114" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q114" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R114" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="S114" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T114" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U114" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V114" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V114" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W114" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="X114" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y114" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y114" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z114" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB114" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC114" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC114" t="s" s="5">
+      <c r="AD114" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD114" t="s" s="5">
+      <c r="AE114" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE114" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF114" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH114" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI114" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ114" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL114" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM114" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN114" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO114" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP114" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP114" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ114" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR114" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS114" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT114" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW114" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>131</v>
       </c>
       <c r="C115" t="s" s="4">
         <v>132</v>
       </c>
       <c r="D115" t="s">
         <v>59</v>
       </c>
       <c r="E115" t="s">
@@ -17817,138 +17817,138 @@
       <c r="I115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q115" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R115" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T115" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U115" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V115" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="W115" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="X115" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y115" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y115" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z115" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB115" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC115" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC115" t="s" s="5">
+      <c r="AD115" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD115" t="s" s="5">
+      <c r="AE115" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE115" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF115" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH115" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI115" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ115" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL115" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM115" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN115" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP115" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AQ115" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR115" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS115" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AT115" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW115" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
         <v>133</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
           <t>6930Про надання гр. Балачій О.В. дозволу на розроблення документації із землеустрою по вул. 30-річчя Перемоги, 22/1</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>59</v>
@@ -17968,138 +17968,138 @@
       <c r="I116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O116" t="s" s="5">
         <v>73</v>
       </c>
       <c r="P116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q116" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R116" t="s" s="5">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="S116" t="s" s="5">
         <v>60</v>
       </c>
       <c r="T116" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="U116" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V116" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V116" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z116" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB116" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC116" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC116" t="s" s="5">
+      <c r="AD116" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD116" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF116" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH116" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI116" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ116" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL116" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM116" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO116" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP116" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP116" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ116" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR116" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AS116" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AS116" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AT116" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW116" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>134</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
           <t>6931Про надання гр. Балачій О.В. дозволу на розроблення документації із землеустрою по вул. 30-річчя Перемоги, 22/1</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>101</v>
@@ -18119,138 +18119,138 @@
       <c r="I117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q117" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T117" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U117" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X117" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y117" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z117" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB117" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF117" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH117" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI117" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ117" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL117" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM117" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ117" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR117" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT117" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW117" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>135</v>
       </c>
       <c r="C118" t="s" s="4">
         <v>136</v>
       </c>
       <c r="D118" t="s">
         <v>101</v>
       </c>
       <c r="E118" t="s">
@@ -18268,138 +18268,138 @@
       <c r="I118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M118" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q118" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T118" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U118" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z118" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB118" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF118" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH118" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI118" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ118" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL118" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM118" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ118" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR118" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT118" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW118" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
         <v>137</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
           <t>6933Про надання ТОВ «УЮТ ЧЕРКАСИ» дозволу на розроблення документації із землеустрою по вул. Чигиринській, 11/2</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>59</v>
@@ -18419,138 +18419,138 @@
       <c r="I119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M119" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O119" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q119" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R119" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="S119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T119" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U119" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V119" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="V119" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W119" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X119" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y119" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z119" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB119" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC119" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AD119" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AD119" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF119" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH119" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI119" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ119" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK119" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL119" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM119" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP119" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AQ119" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR119" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT119" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW119" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>138</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
           <t>6934Про надання ТОВ «ПЕРЛИНА ДНІПРА 2018» дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра, 53/1</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>59</v>
@@ -18570,138 +18570,138 @@
       <c r="I120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q120" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R120" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="S120" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="S120" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T120" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U120" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V120" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V120" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X120" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y120" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y120" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z120" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB120" t="s" s="5">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="AC120" t="s" s="5">
         <v>73</v>
       </c>
       <c r="AD120" t="s" s="5">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="AE120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF120" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH120" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI120" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ120" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AL120" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM120" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO120" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP120" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="AP120" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ120" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR120" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT120" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>73</v>
       </c>
       <c r="AV120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW120" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>139</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
           <t>6935Про надання ТОВ «ПЕРЛИНА ДНІПРА 2018» дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра, 53/1</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>101</v>
@@ -18721,138 +18721,138 @@
       <c r="I121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M121" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O121" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q121" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T121" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U121" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z121" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB121" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF121" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH121" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI121" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ121" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL121" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM121" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ121" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR121" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT121" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW121" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
         <v>140</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
           <t>6936Про надання ТОВ «ЧЕРКАСИ ПАРКСЕРВІС» земельної ділянки в оренду по вул. Олександра Маламужа, 31</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>59</v>
@@ -18872,138 +18872,138 @@
       <c r="I122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q122" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R122" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="S122" t="s" s="5">
         <v>60</v>
       </c>
       <c r="T122" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="U122" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V122" t="s" s="5">
         <v>73</v>
       </c>
-      <c r="V122" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X122" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Y122" t="s" s="5">
         <v>60</v>
       </c>
       <c r="Z122" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="AA122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB122" t="s" s="5">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="AC122" t="s" s="5">
         <v>73</v>
       </c>
       <c r="AD122" t="s" s="5">
+        <v>73</v>
+      </c>
+      <c r="AE122" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE122" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF122" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH122" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI122" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ122" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK122" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AL122" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AL122" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AM122" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AN122" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AN122" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AO122" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP122" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP122" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ122" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR122" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AS122" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AS122" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AT122" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AV122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW122" t="s" s="5">
         <v>60</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>141</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
           <t>6937Про надання ТОВ «ЧЕРКАСИ ПАРКСЕРВІС» земельної ділянки в оренду по вул. Олександра Маламужа, 31</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>101</v>
@@ -19023,138 +19023,138 @@
       <c r="I123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M123" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q123" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R123" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="S123" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="S123" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T123" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U123" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V123" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W123" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X123" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y123" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Z123" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AA123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB123" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD123" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AE123" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AF123" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH123" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI123" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ123" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK123" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AL123" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM123" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN123" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AO123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP123" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AQ123" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR123" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT123" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW123" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
         <v>142</v>
       </c>
       <c r="C124" t="s" s="4">
         <v>143</v>
       </c>
       <c r="D124" t="s">
         <v>59</v>
       </c>
       <c r="E124" t="s">
@@ -19172,138 +19172,138 @@
       <c r="I124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q124" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T124" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U124" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V124" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W124" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X124" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y124" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y124" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z124" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB124" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC124" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC124" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AD124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE124" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AF124" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH124" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI124" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ124" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK124" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AL124" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM124" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ124" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR124" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW124" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>144</v>
       </c>
       <c r="C125" t="s" s="4">
         <v>145</v>
       </c>
       <c r="D125" t="s">
         <v>59</v>
       </c>
       <c r="E125" t="s">
@@ -19321,138 +19321,138 @@
       <c r="I125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q125" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U125" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X125" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y125" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB125" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC125" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE125" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AF125" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH125" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ125" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM125" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR125" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW125" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>146</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
           <t>6940Про надання ТОВ «ХОТЕЙ-ТОРГ» дозволу на розроблення документації із землеустрою по вул. Сумгаїтській, 39/7</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>59</v>
@@ -19472,138 +19472,138 @@
       <c r="I126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q126" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S126" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T126" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U126" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X126" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Y126" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="Y126" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z126" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB126" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AC126" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AC126" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AD126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF126" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH126" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI126" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ126" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL126" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM126" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ126" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR126" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT126" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV126" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW126" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>147</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
           <t>6941Про надання ТОВ «ХОТЕЙ-ТОРГ» дозволу на розроблення документації із землеустрою по вул. Благовісній, 269/17</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>59</v>
@@ -19623,138 +19623,138 @@
       <c r="I127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q127" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T127" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U127" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X127" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y127" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z127" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB127" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC127" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF127" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH127" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI127" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ127" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL127" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM127" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ127" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR127" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT127" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV127" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW127" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>148</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
           <t>6942Про надання ТОВ «ХОТЕЙ-ТОРГ» дозволу на розроблення документації із землеустрою по пр-т. Перемоги, 6/7</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>59</v>
@@ -19774,138 +19774,138 @@
       <c r="I128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q128" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T128" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U128" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X128" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y128" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z128" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB128" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC128" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF128" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH128" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI128" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ128" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL128" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM128" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ128" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR128" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT128" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU128" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV128" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW128" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
         <v>149</v>
       </c>
       <c r="C129" t="inlineStr" s="4">
         <is>
           <t>6943Про надання ОК «ТЕСЛА-ГАРДЕН» дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки по вул. Чиковані, біля будівлі № 102 (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D129" t="s">
         <v>59</v>
@@ -19925,138 +19925,138 @@
       <c r="I129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q129" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T129" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U129" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V129" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W129" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X129" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y129" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z129" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB129" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC129" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AD129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF129" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH129" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI129" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ129" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK129" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL129" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM129" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ129" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR129" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT129" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AU129" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV129" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW129" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>150</v>
       </c>
       <c r="C130" t="s" s="4">
         <v>151</v>
       </c>
       <c r="D130" t="s">
         <v>59</v>
       </c>
       <c r="E130" t="s">
@@ -20074,138 +20074,138 @@
       <c r="I130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O130" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q130" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S130" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="T130" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U130" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z130" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB130" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF130" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH130" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI130" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ130" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK130" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL130" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM130" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP130" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AQ130" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR130" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS130" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT130" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU130" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV130" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW130" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>152</v>
       </c>
       <c r="C131" t="inlineStr" s="4">
         <is>
           <t>6946Про надання ПАТ «ЧЕРКАСИОБЛЕНЕРГО» земельної ділянки в оренду по вул. Підполковника Сиротенка (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D131" t="s">
         <v>59</v>
@@ -20225,138 +20225,138 @@
       <c r="I131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q131" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T131" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U131" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V131" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W131" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X131" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y131" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z131" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB131" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF131" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AG131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH131" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI131" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ131" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK131" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL131" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM131" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ131" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR131" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS131" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT131" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU131" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV131" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW131" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
         <v>153</v>
       </c>
       <c r="C132" t="inlineStr" s="4">
         <is>
           <t>6947Про надання ТОВ «БУД – ГАРАНТ» земельної ділянки в оренду по вул. Олександра Шаповала біля будівлі № 25/11 (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D132" t="s">
         <v>59</v>
@@ -20376,138 +20376,138 @@
       <c r="I132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M132" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O132" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q132" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T132" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="U132" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V132" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="W132" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="X132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Y132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z132" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB132" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC132" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD132" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AE132" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AF132" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH132" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI132" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ132" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK132" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL132" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM132" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN132" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO132" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AP132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ132" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AR132" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AS132" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AT132" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU132" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV132" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW132" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>154</v>
       </c>
       <c r="C133" t="inlineStr" s="4">
         <is>
           <t>6948Про відмову у наданні дозволу на розроблення документації землеустрою громадянину Грибчуку В. А. на розі вул. Сержанта Волкова та вул. Спиридона Кириченка (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D133" t="s">
         <v>59</v>
@@ -20527,138 +20527,138 @@
       <c r="I133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q133" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="R133" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="T133" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U133" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V133" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="V133" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X133" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y133" t="s" s="5">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z133" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AA133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB133" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AC133" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AD133" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AE133" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AE133" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AF133" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH133" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI133" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AJ133" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK133" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AL133" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AM133" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AN133" t="s" s="5">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="AO133" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AP133" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="AP133" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AQ133" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AR133" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT133" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW133" t="s" s="5">
         <v>52</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>