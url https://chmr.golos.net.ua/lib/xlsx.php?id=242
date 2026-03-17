--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -50,132 +50,132 @@
   <si>
     <t>Діскант Роман Володимирович</t>
   </si>
   <si>
     <t>Карась Павло Миколайович</t>
   </si>
   <si>
     <t>Мельник Олексій Олексійович</t>
   </si>
   <si>
     <t>Міняйло Валерій Володимирович</t>
   </si>
   <si>
     <t>Савенко Олександр Сергійович</t>
   </si>
   <si>
     <t>Сухарьков Іван Васильович</t>
   </si>
   <si>
     <t>Тренкін Юрій Васильович</t>
   </si>
   <si>
     <t>Бондаренко Анатолій Васильович</t>
   </si>
   <si>
+    <t>Абрамова Карина Сергіївна</t>
+  </si>
+  <si>
+    <t>Агапова Олена Михайлівна</t>
+  </si>
+  <si>
+    <t>Бандура Інна Валеріївна</t>
+  </si>
+  <si>
+    <t>Батир Руслан Анатолійович</t>
+  </si>
+  <si>
+    <t>Буряк Світлана Вячеславівна</t>
+  </si>
+  <si>
+    <t>Волошин Анатолій Іванович</t>
+  </si>
+  <si>
+    <t>Гладкий Георгій Анатолійович</t>
+  </si>
+  <si>
+    <t>Друмашко Володимир Григорович</t>
+  </si>
+  <si>
+    <t>Дудка Сергій Володимирович</t>
+  </si>
+  <si>
+    <t>Євпак Віктор Миколайович</t>
+  </si>
+  <si>
+    <t>Івашкова Надія Євгенівна</t>
+  </si>
+  <si>
+    <t>Казарян Нарек Петросович</t>
+  </si>
+  <si>
+    <t>Красюк Віталій Анатолійович</t>
+  </si>
+  <si>
+    <t>Кудактін Сергій Вікторович</t>
+  </si>
+  <si>
+    <t>Мелікова Оксана Петрівна</t>
+  </si>
+  <si>
+    <t>Мкртчян Араік Рафікович</t>
+  </si>
+  <si>
+    <t>Мойсієнко Василь Миколайович</t>
+  </si>
+  <si>
+    <t>Моторний Роман Васильович</t>
+  </si>
+  <si>
+    <t>Мушієк Андрій Михайлович</t>
+  </si>
+  <si>
+    <t>Погостінська Юлія Олександрівна</t>
+  </si>
+  <si>
+    <t>Прядка Сергій Миколайович</t>
+  </si>
+  <si>
+    <t>Рубан Сергій Леонідович</t>
+  </si>
+  <si>
+    <t>Саліна Юлія Іванівна</t>
+  </si>
+  <si>
+    <t>Тронц Тимофій Володимирович</t>
+  </si>
+  <si>
+    <t>Холупняк Катерина Олександрівна</t>
+  </si>
+  <si>
+    <t>Шабатура Сергій Володимирович</t>
+  </si>
+  <si>
+    <t>Шевченко Геннадій Юрійович</t>
+  </si>
+  <si>
     <t>Шмиголь Сергій Олегович</t>
-  </si>
-[...79 lines deleted...]
-    <t>Шевченко Геннадій Юрійович</t>
   </si>
   <si>
     <t>Пустовар Владислав Володимирович</t>
   </si>
   <si>
     <t>Шинкарьова Валерія Сергіївна</t>
   </si>
   <si>
     <t>Маслянко Оксана Анатоліївна</t>
   </si>
   <si>
     <t>Єфремов Юрій Валерійович</t>
   </si>
   <si>
     <t>26.11.25  14:45:00</t>
   </si>
   <si>
     <t>В цілому з пропозиціями</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
@@ -549,132 +549,132 @@
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="X2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Z2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AC2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AJ2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AL2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AM2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AN2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AQ2" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR2" t="s" s="5">
         <v>53</v>
-      </c>
-[...79 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>54</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>55</v>
       </c>
       <c r="D3" t="s">
@@ -695,132 +695,132 @@
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Z3" t="s" s="5">
         <v>60</v>
       </c>
-      <c r="R3" t="s" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="AA3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AC3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AI3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AJ3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AL3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AM3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AN3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AQ3" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR3" t="s" s="5">
         <v>60</v>
-      </c>
-[...49 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>12337Про внесення змін до рішення міської ради від 27.01.2020 № 2-5678 «Про затвердження Програми соціально-економічного і культурного розвитку міста Черкаси на 2020-2025 роки»</t>
         </is>
@@ -843,132 +843,132 @@
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="R4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="S4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="T4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="U4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="V4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="W4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="X4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="Y4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="Z4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AA4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AB4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AC4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AD4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AE4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AG4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AH4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AI4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AJ4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AK4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AL4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AM4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AN4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AO4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AP4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AQ4" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AR4" t="s" s="5">
         <v>53</v>
-      </c>
-[...79 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>12338Про внесення змін до рішення Черкаської міської ради від 16.10.2025 № 88-18 «Про передачу транспортного засобу комунального підприємства «Черкасиводоканал» Черкаської міської ради</t>
         </is>
@@ -1012,93 +1012,93 @@
       <c r="P5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>52</v>
       </c>
@@ -1121,392 +1121,392 @@
       <c r="I6" t="s">
         <v>64</v>
       </c>
       <c r="J6" t="s">
         <v>64</v>
       </c>
       <c r="K6" t="s">
         <v>64</v>
       </c>
       <c r="L6" t="s">
         <v>65</v>
       </c>
       <c r="M6" t="s">
         <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>65</v>
       </c>
       <c r="O6" t="s">
         <v>65</v>
       </c>
       <c r="P6" t="s">
         <v>66</v>
       </c>
       <c r="Q6" t="s">
+        <v>65</v>
+      </c>
+      <c r="R6" t="s">
+        <v>65</v>
+      </c>
+      <c r="S6" t="s">
+        <v>65</v>
+      </c>
+      <c r="T6" t="s">
+        <v>65</v>
+      </c>
+      <c r="U6" t="s">
+        <v>65</v>
+      </c>
+      <c r="V6" t="s">
+        <v>65</v>
+      </c>
+      <c r="W6" t="s">
+        <v>65</v>
+      </c>
+      <c r="X6" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z6" t="s">
         <v>66</v>
       </c>
-      <c r="R6" t="s">
-[...20 lines deleted...]
-      <c r="Y6" t="s">
+      <c r="AA6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC6" t="s">
         <v>64</v>
       </c>
-      <c r="Z6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AD6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ6" t="s">
         <v>64</v>
-      </c>
-[...16 lines deleted...]
-        <v>65</v>
       </c>
       <c r="AK6" t="s">
         <v>64</v>
       </c>
       <c r="AL6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AM6" t="s">
         <v>65</v>
       </c>
       <c r="AN6" t="s">
         <v>65</v>
       </c>
       <c r="AO6" t="s">
         <v>65</v>
       </c>
       <c r="AP6" t="s">
         <v>65</v>
       </c>
       <c r="AQ6" t="s">
         <v>65</v>
       </c>
       <c r="AR6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AS6" t="s">
         <v>65</v>
       </c>
       <c r="AT6" t="s">
         <v>65</v>
       </c>
       <c r="AU6" t="s">
         <v>65</v>
       </c>
       <c r="AV6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>49</v>
       </c>
       <c r="J7" t="s">
         <v>49</v>
       </c>
       <c r="K7" t="s">
         <v>49</v>
       </c>
       <c r="L7" t="s">
         <v>49</v>
       </c>
       <c r="M7" t="s">
         <v>49</v>
       </c>
       <c r="N7" t="s">
         <v>49</v>
       </c>
       <c r="O7" t="s">
         <v>49</v>
       </c>
       <c r="P7" t="s">
         <v>49</v>
       </c>
       <c r="Q7" t="s">
+        <v>49</v>
+      </c>
+      <c r="R7" t="s">
+        <v>49</v>
+      </c>
+      <c r="S7" t="s">
+        <v>49</v>
+      </c>
+      <c r="T7" t="s">
+        <v>49</v>
+      </c>
+      <c r="U7" t="s">
+        <v>49</v>
+      </c>
+      <c r="V7" t="s">
+        <v>49</v>
+      </c>
+      <c r="W7" t="s">
+        <v>49</v>
+      </c>
+      <c r="X7" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z7" t="s">
         <v>68</v>
       </c>
-      <c r="R7" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AA7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AR7" t="s">
         <v>68</v>
-      </c>
-[...49 lines deleted...]
-        <v>49</v>
       </c>
       <c r="AS7" t="s">
         <v>49</v>
       </c>
       <c r="AT7" t="s">
         <v>49</v>
       </c>
       <c r="AU7" t="s">
         <v>49</v>
       </c>
       <c r="AV7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>69</v>
       </c>
       <c r="J8" t="s">
         <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>69</v>
       </c>
       <c r="L8" t="s">
         <v>69</v>
       </c>
       <c r="M8" t="s">
         <v>69</v>
       </c>
       <c r="N8" t="s">
         <v>69</v>
       </c>
       <c r="O8" t="s">
         <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
       <c r="Q8" t="s">
+        <v>69</v>
+      </c>
+      <c r="R8" t="s">
+        <v>69</v>
+      </c>
+      <c r="S8" t="s">
+        <v>69</v>
+      </c>
+      <c r="T8" t="s">
+        <v>69</v>
+      </c>
+      <c r="U8" t="s">
+        <v>69</v>
+      </c>
+      <c r="V8" t="s">
+        <v>69</v>
+      </c>
+      <c r="W8" t="s">
+        <v>69</v>
+      </c>
+      <c r="X8" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>69</v>
+      </c>
+      <c r="AR8" t="s">
         <v>70</v>
-      </c>
-[...79 lines deleted...]
-        <v>69</v>
       </c>
       <c r="AS8" t="s">
         <v>69</v>
       </c>
       <c r="AT8" t="s">
         <v>69</v>
       </c>
       <c r="AU8" t="s">
         <v>69</v>
       </c>
       <c r="AV8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>71</v>
@@ -1662,93 +1662,93 @@
       <c r="P10" t="s">
         <v>74</v>
       </c>
       <c r="Q10" t="s">
         <v>73</v>
       </c>
       <c r="R10" t="s">
         <v>73</v>
       </c>
       <c r="S10" t="s">
         <v>73</v>
       </c>
       <c r="T10" t="s">
         <v>73</v>
       </c>
       <c r="U10" t="s">
         <v>73</v>
       </c>
       <c r="V10" t="s">
         <v>73</v>
       </c>
       <c r="W10" t="s">
         <v>73</v>
       </c>
       <c r="X10" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Y10" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>75</v>
+      </c>
+      <c r="AC10" t="s">
         <v>72</v>
       </c>
-      <c r="Z10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AD10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ10" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>73</v>
       </c>
       <c r="AK10" t="s">
         <v>72</v>
       </c>
       <c r="AL10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AM10" t="s">
         <v>73</v>
       </c>
       <c r="AN10" t="s">
         <v>73</v>
       </c>
       <c r="AO10" t="s">
         <v>73</v>
       </c>
       <c r="AP10" t="s">
         <v>73</v>
       </c>
       <c r="AQ10" t="s">
         <v>73</v>
       </c>
       <c r="AR10" t="s">
         <v>73</v>
       </c>
       <c r="AS10" t="s">
         <v>73</v>
       </c>
       <c r="AT10" t="s">
         <v>73</v>
       </c>