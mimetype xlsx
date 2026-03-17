--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -912,51 +912,51 @@
       <c r="AR2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>45</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>12248Про внесення змін до рішення міської ради від 22.12.2023 № 51-5 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська міська</t>
+          <t>12248Про внесення змін до рішення міської ради від 22.12.2023 № 51-5 «Про затвердження Програми забезпечення рятувальних заходів на водних об’єктах м. Черкаси комунальною установою «Черкаська міська комунальна аварійно-рятувальна служба» на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>46</v>
       </c>
       <c r="E3" t="s">
         <v>47</v>
       </c>
       <c r="F3" t="s">
         <v>48</v>
       </c>
       <c r="G3" t="s">
         <v>49</v>
       </c>
       <c r="H3" t="s">
         <v>50</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
@@ -1356,51 +1356,51 @@
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>12251Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 « Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>12251Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 « Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>46</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -2096,51 +2096,51 @@
       <c r="AR10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>12256Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс Черкаської філії ТОВ «Газорозподільні мережі України»  газової мережі та її складових,</t>
+          <t>12256Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс Черкаської філії ТОВ «Газорозподільні мережі України»  газової мережі та її складових, газового обладнання</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>46</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2244,51 +2244,51 @@
       <c r="AR11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>12257Про передачу у власність  Черкаської міської територіальної громади та у господарське відання, баланс КПТМ «Черкаситеплокомуненерго» мережі теплопостачання до житлового будинку по вул.</t>
+          <t>12257Про передачу у власність  Черкаської міської територіальної громади та у господарське відання, баланс КПТМ «Черкаситеплокомуненерго» мережі теплопостачання до житлового будинку по вул. Сержанта Жужоми, 4</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>46</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -6236,51 +6236,51 @@
       <c r="AR38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV38" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>70</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>12285Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-1 «Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на</t>
+          <t>12285Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-1 «Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на військову службу та здійснення заходів, пов`язаних з мобілізацією на 2025 – 2027 роки»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>62</v>
       </c>
       <c r="F39" t="s">
         <v>71</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39" t="s">
         <v>50</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>53</v>
@@ -6384,51 +6384,51 @@
       <c r="AR39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV39" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>72</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>12286Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-1 «Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на</t>
+          <t>12286Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-1 «Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на військову службу та здійснення заходів, пов`язаних з мобілізацією на 2025 – 2027 роки»</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
         <v>62</v>
       </c>
       <c r="F40" t="s">
         <v>71</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40" t="s">
         <v>50</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>51</v>
@@ -6828,51 +6828,51 @@
       <c r="AR42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV42" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>76</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>12290Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-1 «Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на</t>
+          <t>12290Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-1 «Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на військову службу та здійснення заходів, пов`язаних з мобілізацією на 2025 – 2027 роки»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>60</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
         <v>77</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43" t="s">
         <v>50</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>51</v>
@@ -10972,51 +10972,51 @@
       <c r="AR70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV70" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>83</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
-          <t>12321Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>12321Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>60</v>
       </c>
       <c r="E71" t="s">
         <v>62</v>
       </c>
       <c r="F71" t="s">
         <v>84</v>
       </c>
       <c r="G71" t="s">
         <v>49</v>
       </c>
       <c r="H71" t="s">
         <v>50</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J71" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K71" t="s" s="5">
         <v>53</v>
@@ -12008,51 +12008,51 @@
       <c r="AR77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS77" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU77" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV77" t="s" s="5">
         <v>65</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>102</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
-          <t>12328Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по</t>
+          <t>12328Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по справі № 2а-7421/2011</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>60</v>
       </c>
       <c r="E78" t="s">
         <v>62</v>
       </c>
       <c r="F78" t="s">
         <v>103</v>
       </c>
       <c r="G78" t="s">
         <v>49</v>
       </c>
       <c r="H78" t="s">
         <v>104</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>65</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>53</v>
@@ -12304,51 +12304,51 @@
       <c r="AR79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV79" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>107</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>12330Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Мечникова, 6/2-а, громадянці Касаткіній І.Є (існуюче домоволодіння в межах прибудинкової</t>
+          <t>12330Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Мечникова, 6/2-а, громадянці Касаткіній І.Є (існуюче домоволодіння в межах прибудинкової території)</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>108</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
         <v>77</v>
       </c>
       <c r="G80" t="s">
         <v>49</v>
       </c>
       <c r="H80" t="s">
         <v>50</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>51</v>