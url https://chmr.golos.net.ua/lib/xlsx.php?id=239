--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -761,51 +761,51 @@
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AV1" t="s" s="3">
         <v>44</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>45</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>12162Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>12162Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2025-2027 роки»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
       <c r="E2" t="s">
         <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>48</v>
       </c>
       <c r="G2" t="s">
         <v>49</v>
       </c>
       <c r="H2" t="s">
         <v>50</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
@@ -909,51 +909,51 @@
       <c r="AR2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>45</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>12163Про внесення змін до  рішення Черкаської міської ради від 26.06.2025 № 81-5 «Про внесення змін до рішення Черкаської міської ради від 28.03.2024 № 55-9 «Про затвердження Програми забезпечення виконання</t>
+          <t>12163Про внесення змін до  рішення Черкаської міської ради від 26.06.2025 № 81-5 «Про внесення змін до рішення Черкаської міської ради від 28.03.2024 № 55-9 «Про затвердження Програми забезпечення виконання судових рішень на 2024-2025 роки»</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>46</v>
       </c>
       <c r="E3" t="s">
         <v>47</v>
       </c>
       <c r="F3" t="s">
         <v>48</v>
       </c>
       <c r="G3" t="s">
         <v>49</v>
       </c>
       <c r="H3" t="s">
         <v>50</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>51</v>
@@ -1353,51 +1353,51 @@
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>12166Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення</t>
+          <t>12166Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення до багатоповерхового житлового будинку</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>46</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -1797,51 +1797,51 @@
       <c r="AR8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>12169Про внесення змін до рішення Черкаської міської ради від 23.05.2013 № 3-1682 (щодо збільшення штатної чисельності департаменту управління справами та юридичного забезпечення Черкаської міської</t>
+          <t>12169Про внесення змін до рішення Черкаської міської ради від 23.05.2013 № 3-1682 (щодо збільшення штатної чисельності департаменту управління справами та юридичного забезпечення Черкаської міської ради)</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>46</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>51</v>
@@ -2093,51 +2093,51 @@
       <c r="AR10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>12171Про передачу комунального майна з балансу комунального підприємства «Дирекція парків» Черкаської міської ради на баланс комунального підприємства електромереж зовнішнього освітлення</t>
+          <t>12171Про передачу комунального майна з балансу комунального підприємства «Дирекція парків» Черкаської міської ради на баланс комунального підприємства електромереж зовнішнього освітлення «Міськсвітло» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>46</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11" t="s">
         <v>50</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>51</v>
@@ -2683,51 +2683,51 @@
       <c r="AR14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>12175Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 « Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>12175Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 « Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15" t="s">
         <v>50</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>51</v>
@@ -4753,51 +4753,51 @@
       <c r="AR28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV28" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>12190Про делегування повноважень виконавчому комітету Черкаської міської ради щодо формування конкурсних комісій та утворення наглядових рад у комунальних закладах охорони здоров’я м.</t>
+          <t>12190Про делегування повноважень виконавчому комітету Черкаської міської ради щодо формування конкурсних комісій та утворення наглядових рад у комунальних закладах охорони здоров’я м. Черкаси, які надають спеціалізовану медичну допомогу</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>64</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29" t="s">
         <v>50</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>51</v>
@@ -8453,51 +8453,51 @@
       <c r="AR53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV53" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>79</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>12219Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>12219Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>64</v>
       </c>
       <c r="E54" t="s">
         <v>67</v>
       </c>
       <c r="F54" t="s">
         <v>80</v>
       </c>
       <c r="G54" t="s">
         <v>49</v>
       </c>
       <c r="H54" t="s">
         <v>50</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>51</v>
@@ -9193,51 +9193,51 @@
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>91</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>12224Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сержанта Жужоми (біля будинку №3),</t>
+          <t>12224Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сержанта Жужоми (біля будинку №3), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>92</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
         <v>93</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>51</v>
@@ -9785,51 +9785,51 @@
       <c r="AR62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV62" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>99</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
-          <t>12228Про надання КП «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення документації із землеустрою в районі вул. Кароля Шимановського та вул. Антона Моспана (вільна земельна</t>
+          <t>12228Про надання КП «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення документації із землеустрою в районі вул. Кароля Шимановського та вул. Антона Моспана (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>64</v>
       </c>
       <c r="E63" t="s">
         <v>47</v>
       </c>
       <c r="F63" t="s">
         <v>48</v>
       </c>
       <c r="G63" t="s">
         <v>100</v>
       </c>
       <c r="H63" t="s">
         <v>50</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J63" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>51</v>
@@ -10081,51 +10081,51 @@
       <c r="AR64" t="s" s="5">
         <v>84</v>
       </c>
       <c r="AS64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV64" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>102</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
-          <t>12230Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по</t>
+          <t>12230Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по справі № 2а-7421/2011</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>64</v>
       </c>
       <c r="E65" t="s">
         <v>67</v>
       </c>
       <c r="F65" t="s">
         <v>82</v>
       </c>
       <c r="G65" t="s">
         <v>49</v>
       </c>
       <c r="H65" t="s">
         <v>69</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J65" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K65" t="s" s="5">
         <v>51</v>
@@ -10525,51 +10525,51 @@
       <c r="AR67" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT67" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU67" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV67" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>106</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
-          <t>12233Про надання дозволу на розробку проєкту землеустрою з організації і встановлення меж території природно-заповідного фонду «парк-пам’ятка садово-паркового мистецтва місцевого значення</t>
+          <t>12233Про надання дозволу на розробку проєкту землеустрою з організації і встановлення меж території природно-заповідного фонду «парк-пам’ятка садово-паркового мистецтва місцевого значення «Дахнівський лісопарк»</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>64</v>
       </c>
       <c r="E68" t="s">
         <v>47</v>
       </c>
       <c r="F68" t="s">
         <v>93</v>
       </c>
       <c r="G68" t="s">
         <v>49</v>
       </c>
       <c r="H68" t="s">
         <v>50</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K68" t="s" s="5">
         <v>51</v>
@@ -10673,51 +10673,51 @@
       <c r="AR68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV68" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>107</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>12234Про надання КП «ДИРЕКЦІЯ ПАРКІВ» земельної ділянки в постійне користування в районі вул. Дахнівська, вул. Святителя-хірурга Луки та вул. Санаторна (парк пам’ятка садово-паркового мистецтва</t>
+          <t>12234Про надання КП «ДИРЕКЦІЯ ПАРКІВ» земельної ділянки в постійне користування в районі вул. Дахнівська, вул. Святителя-хірурга Луки та вул. Санаторна (парк пам’ятка садово-паркового мистецтва місцевого значення «Парк обласної лікарні»)</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>64</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
         <v>65</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>51</v>
@@ -10821,51 +10821,51 @@
       <c r="AR69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU69" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV69" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>108</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
-          <t>12235Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по просп. Перемоги (біля будівлі № 8/2) та</t>
+          <t>12235Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по просп. Перемоги (біля будівлі № 8/2) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>64</v>
       </c>
       <c r="E70" t="s">
         <v>67</v>
       </c>
       <c r="F70" t="s">
         <v>80</v>
       </c>
       <c r="G70" t="s">
         <v>49</v>
       </c>
       <c r="H70" t="s">
         <v>50</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J70" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K70" t="s" s="5">
         <v>51</v>