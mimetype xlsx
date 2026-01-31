--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -50,132 +50,132 @@
   <si>
     <t>Діскант Роман Володимирович</t>
   </si>
   <si>
     <t>Карась Павло Миколайович</t>
   </si>
   <si>
     <t>Мельник Олексій Олексійович</t>
   </si>
   <si>
     <t>Міняйло Валерій Володимирович</t>
   </si>
   <si>
     <t>Савенко Олександр Сергійович</t>
   </si>
   <si>
     <t>Сухарьков Іван Васильович</t>
   </si>
   <si>
     <t>Тренкін Юрій Васильович</t>
   </si>
   <si>
     <t>Бондаренко Анатолій Васильович</t>
   </si>
   <si>
+    <t>Абрамова Карина Сергіївна</t>
+  </si>
+  <si>
+    <t>Агапова Олена Михайлівна</t>
+  </si>
+  <si>
+    <t>Бандура Інна Валеріївна</t>
+  </si>
+  <si>
+    <t>Батир Руслан Анатолійович</t>
+  </si>
+  <si>
+    <t>Буряк Світлана Вячеславівна</t>
+  </si>
+  <si>
+    <t>Волошин Анатолій Іванович</t>
+  </si>
+  <si>
+    <t>Гладкий Георгій Анатолійович</t>
+  </si>
+  <si>
+    <t>Друмашко Володимир Григорович</t>
+  </si>
+  <si>
+    <t>Дудка Сергій Володимирович</t>
+  </si>
+  <si>
+    <t>Євпак Віктор Миколайович</t>
+  </si>
+  <si>
+    <t>Івашкова Надія Євгенівна</t>
+  </si>
+  <si>
+    <t>Казарян Нарек Петросович</t>
+  </si>
+  <si>
+    <t>Красюк Віталій Анатолійович</t>
+  </si>
+  <si>
+    <t>Кудактін Сергій Вікторович</t>
+  </si>
+  <si>
+    <t>Мелікова Оксана Петрівна</t>
+  </si>
+  <si>
+    <t>Мкртчян Араік Рафікович</t>
+  </si>
+  <si>
+    <t>Мойсієнко Василь Миколайович</t>
+  </si>
+  <si>
+    <t>Моторний Роман Васильович</t>
+  </si>
+  <si>
+    <t>Мушієк Андрій Михайлович</t>
+  </si>
+  <si>
+    <t>Погостінська Юлія Олександрівна</t>
+  </si>
+  <si>
+    <t>Прядка Сергій Миколайович</t>
+  </si>
+  <si>
+    <t>Рубан Сергій Леонідович</t>
+  </si>
+  <si>
+    <t>Саліна Юлія Іванівна</t>
+  </si>
+  <si>
+    <t>Тронц Тимофій Володимирович</t>
+  </si>
+  <si>
+    <t>Холупняк Катерина Олександрівна</t>
+  </si>
+  <si>
+    <t>Шабатура Сергій Володимирович</t>
+  </si>
+  <si>
+    <t>Шевченко Геннадій Юрійович</t>
+  </si>
+  <si>
     <t>Шмиголь Сергій Олегович</t>
-  </si>
-[...79 lines deleted...]
-    <t>Шевченко Геннадій Юрійович</t>
   </si>
   <si>
     <t>Пустовар Владислав Володимирович</t>
   </si>
   <si>
     <t>Шинкарьова Валерія Сергіївна</t>
   </si>
   <si>
     <t>Маслянко Оксана Анатоліївна</t>
   </si>
   <si>
     <t>Єфремов Юрій Валерійович</t>
   </si>
   <si>
     <t>08.10.25  10:15:00</t>
   </si>
   <si>
     <t>12150Про передачу майна Черкаської міської територіальної громади в державну власність</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
@@ -505,262 +505,262 @@
       <c r="I2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="R2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="S2" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="T2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="V2" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="R2" t="s" s="5">
-[...13 lines deleted...]
-      </c>
       <c r="W2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="X2" t="s" s="5">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Z2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AA2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AB2" t="s" s="5">
         <v>52</v>
       </c>
-      <c r="AA2" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="AC2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AE2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AF2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AG2" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AJ2" t="s" s="5">
         <v>52</v>
-      </c>
-[...19 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AM2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AN2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AO2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AP2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AQ2" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AR2" t="s" s="5">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>55</v>
       </c>
       <c r="J3" t="s">
         <v>56</v>
       </c>
       <c r="K3" t="s">
         <v>55</v>
       </c>
       <c r="L3" t="s">
         <v>55</v>
       </c>
       <c r="M3" t="s">
         <v>56</v>
       </c>
       <c r="N3" t="s">
         <v>56</v>
       </c>
       <c r="O3" t="s">
         <v>56</v>
       </c>
       <c r="P3" t="s">
         <v>55</v>
       </c>
       <c r="Q3" t="s">
+        <v>56</v>
+      </c>
+      <c r="R3" t="s">
+        <v>56</v>
+      </c>
+      <c r="S3" t="s">
         <v>55</v>
       </c>
-      <c r="R3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T3" t="s">
+        <v>56</v>
+      </c>
+      <c r="U3" t="s">
+        <v>56</v>
+      </c>
+      <c r="V3" t="s">
         <v>55</v>
       </c>
-      <c r="U3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="W3" t="s">
+        <v>56</v>
+      </c>
+      <c r="X3" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="Y3" t="s">
         <v>55</v>
       </c>
       <c r="Z3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AB3" t="s">
         <v>55</v>
       </c>
-      <c r="AA3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AG3" t="s">
         <v>55</v>
       </c>
-      <c r="AD3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AH3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AJ3" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="AK3" t="s">
         <v>55</v>
       </c>
       <c r="AL3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AR3" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>56</v>
       </c>
       <c r="AS3" t="s">
         <v>56</v>
       </c>
       <c r="AT3" t="s">
         <v>56</v>
       </c>
       <c r="AU3" t="s">
         <v>56</v>
       </c>
       <c r="AV3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>50</v>
@@ -1031,96 +1031,96 @@
       <c r="K6" t="s">
         <v>58</v>
       </c>
       <c r="L6" t="s">
         <v>58</v>
       </c>
       <c r="M6" t="s">
         <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>58</v>
       </c>
       <c r="O6" t="s">
         <v>58</v>
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
       <c r="Q6" t="s">
         <v>58</v>
       </c>
       <c r="R6" t="s">
         <v>58</v>
       </c>
       <c r="S6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="T6" t="s">
+        <v>58</v>
+      </c>
+      <c r="U6" t="s">
+        <v>58</v>
+      </c>
+      <c r="V6" t="s">
+        <v>58</v>
+      </c>
+      <c r="W6" t="s">
+        <v>58</v>
+      </c>
+      <c r="X6" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG6" t="s">
         <v>59</v>
       </c>
-      <c r="U6" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="AH6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="AI6" t="s">
         <v>58</v>
       </c>
       <c r="AJ6" t="s">
         <v>58</v>
       </c>
       <c r="AK6" t="s">
         <v>58</v>
       </c>
       <c r="AL6" t="s">
         <v>58</v>
       </c>
       <c r="AM6" t="s">
         <v>58</v>
       </c>
       <c r="AN6" t="s">
         <v>58</v>
       </c>
       <c r="AO6" t="s">
         <v>58</v>
       </c>
       <c r="AP6" t="s">
         <v>58</v>
       </c>
@@ -1155,132 +1155,132 @@
       <c r="I7" t="s">
         <v>60</v>
       </c>
       <c r="J7" t="s">
         <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>60</v>
       </c>
       <c r="L7" t="s">
         <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>61</v>
       </c>
       <c r="N7" t="s">
         <v>61</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>60</v>
       </c>
       <c r="Q7" t="s">
+        <v>61</v>
+      </c>
+      <c r="R7" t="s">
+        <v>61</v>
+      </c>
+      <c r="S7" t="s">
+        <v>61</v>
+      </c>
+      <c r="T7" t="s">
+        <v>61</v>
+      </c>
+      <c r="U7" t="s">
+        <v>61</v>
+      </c>
+      <c r="V7" t="s">
         <v>60</v>
       </c>
-      <c r="R7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="W7" t="s">
+        <v>61</v>
+      </c>
+      <c r="X7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="Y7" t="s">
         <v>60</v>
       </c>
       <c r="Z7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB7" t="s">
         <v>60</v>
       </c>
-      <c r="AA7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ7" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>61</v>
       </c>
       <c r="AK7" t="s">
         <v>60</v>
       </c>
       <c r="AL7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR7" t="s">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
       <c r="AS7" t="s">
         <v>61</v>
       </c>
       <c r="AT7" t="s">
         <v>61</v>
       </c>
       <c r="AU7" t="s">
         <v>61</v>
       </c>
       <c r="AV7" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>