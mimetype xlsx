--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1061,51 +1061,51 @@
       <c r="AR4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>11670Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026</t>
+          <t>11670Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>
@@ -1357,51 +1357,51 @@
       <c r="AR6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>45</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>11672Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>11672Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2025-2027 роки»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>46</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7" t="s">
         <v>50</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>51</v>
@@ -2245,51 +2245,51 @@
       <c r="AR12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>11678Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення</t>
+          <t>11678Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення Черкаської міської ради від 24.04.2017 № 2-1977 «Про перейменування територіального центру соціальної допомоги Соснівського району м. Черкаси та реорганізацію територіального центру соціальної допомоги Придніпровського району м. Черкаси»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>46</v>
       </c>
       <c r="E13" t="s">
         <v>47</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13" t="s">
         <v>50</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>51</v>
@@ -3425,51 +3425,51 @@
       <c r="AR20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV20" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>11686Про розгляд електронної петиції від 11.07.2025 №Че/2508-еп щодо ремонту асфальтобетонного покриття міжбудинкового проїзду до 4-х багатоповерхівок по провулку Дніпровського вздовж житлового</t>
+          <t>11686Про розгляд електронної петиції від 11.07.2025 №Че/2508-еп щодо ремонту асфальтобетонного покриття міжбудинкового проїзду до 4-х багатоповерхівок по провулку Дніпровського вздовж житлового будинку №25 по вулиці Солом’янській</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>46</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>50</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>51</v>
@@ -3869,51 +3869,51 @@
       <c r="AR23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>45</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>11689Про внесення змін до рішення Черкаської міської ради від 31.10.2024 №66-24 «Про надання згоди на безоплатну передачу у власність територіальної громади міста Черкаси нежитлових приміщень по</t>
+          <t>11689Про внесення змін до рішення Черкаської міської ради від 31.10.2024 №66-24 «Про надання згоди на безоплатну передачу у власність територіальної громади міста Черкаси нежитлових приміщень по просп. Перемоги, 16/1»     </t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>46</v>
       </c>
       <c r="E24" t="s">
         <v>47</v>
       </c>
       <c r="F24" t="s">
         <v>48</v>
       </c>
       <c r="G24" t="s">
         <v>49</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>51</v>
@@ -4165,51 +4165,51 @@
       <c r="AR25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV25" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>45</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>11691Про внесення змін до рішення Черкаської міської ради від 01.02.2024 № 53-6 «Про затвердження міської Програми здійснення заходів, що не могли бути передбачені під час складання бюджету, та порядку</t>
+          <t>11691Про внесення змін до рішення Черкаської міської ради від 01.02.2024 № 53-6 «Про затвердження міської Програми здійснення заходів, що не могли бути передбачені під час складання бюджету, та порядку надання матеріальної допомоги громадянам міста у новій редакції»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>46</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>48</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>51</v>
@@ -5047,51 +5047,51 @@
       <c r="AR31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV31" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>45</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>11697Про внесення змін до рішення Черкаської міської ради від 22.12.2022 №34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської</t>
+          <t>11697Про внесення змін до рішення Черкаської міської ради від 22.12.2022 №34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської територіальної громади на 2023–2026 роки»</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>46</v>
       </c>
       <c r="E32" t="s">
         <v>47</v>
       </c>
       <c r="F32" t="s">
         <v>48</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32" t="s">
         <v>50</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>51</v>