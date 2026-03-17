--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1264,51 +1264,51 @@
       <c r="AR4" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>58</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>11034Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської</t>
+          <t>11034Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської територіальної громади на 2023-2026 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>59</v>
       </c>
       <c r="E5" t="s">
         <v>48</v>
       </c>
       <c r="F5" t="s">
         <v>60</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>61</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>54</v>
@@ -2300,51 +2300,51 @@
       <c r="AR11" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV11" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>11041Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення</t>
+          <t>11041Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішніх інженерних мереж водопостачання та водовідведення до багатоповерхових житлових будинків</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12" t="s">
         <v>60</v>
       </c>
       <c r="G12" t="s">
         <v>50</v>
       </c>
       <c r="H12" t="s">
         <v>61</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>54</v>
@@ -2742,51 +2742,51 @@
       <c r="AR14" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AS14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>58</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>11044Про затвердження заключного звіту про виконання Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м.</t>
+          <t>11044Про затвердження заключного звіту про виконання Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2022-2024 роки</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>48</v>
       </c>
       <c r="F15" t="s">
         <v>60</v>
       </c>
       <c r="G15" t="s">
         <v>50</v>
       </c>
       <c r="H15" t="s">
         <v>61</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>54</v>
@@ -5392,51 +5392,51 @@
       <c r="AR32" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AS32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV32" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>58</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>11062Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026</t>
+          <t>11062Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026 роки»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>59</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33" t="s">
         <v>60</v>
       </c>
       <c r="G33" t="s">
         <v>50</v>
       </c>
       <c r="H33" t="s">
         <v>61</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>54</v>
@@ -5834,51 +5834,51 @@
       <c r="AR35" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV35" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>58</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>11065Про передачу комунального майна з балансу комунального підприємства «Дирекція парків» Черкаської міської ради на баланс комунального підприємства «Черкасиводоканал» Черкаської міської</t>
+          <t>11065Про передачу комунального майна з балансу комунального підприємства «Дирекція парків» Черкаської міської ради на баланс комунального підприємства «Черкасиводоканал» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>59</v>
       </c>
       <c r="E36" t="s">
         <v>48</v>
       </c>
       <c r="F36" t="s">
         <v>60</v>
       </c>
       <c r="G36" t="s">
         <v>50</v>
       </c>
       <c r="H36" t="s">
         <v>61</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>54</v>
@@ -6722,51 +6722,51 @@
       <c r="AR41" t="s" s="5">
         <v>84</v>
       </c>
       <c r="AS41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV41" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>86</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>11089Про утворення сектору з питань запобігання та виявлення корупції Черкаської міської ради та внесення змін до рішення Черкаської міської ради від 23.05.2013 № 3-1682 (щодо зменшення чисельності</t>
+          <t>11089Про утворення сектору з питань запобігання та виявлення корупції Черкаської міської ради та внесення змін до рішення Черкаської міської ради від 23.05.2013 № 3-1682 (щодо зменшення чисельності департаменту управління справами та юридичного забезпечення Черкаської міської ради)</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>47</v>
       </c>
       <c r="E42" t="s">
         <v>48</v>
       </c>
       <c r="F42" t="s">
         <v>60</v>
       </c>
       <c r="G42" t="s">
         <v>50</v>
       </c>
       <c r="H42" t="s">
         <v>79</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>54</v>
@@ -7016,51 +7016,51 @@
       <c r="AR43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV43" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>11092Про внесення змін до рішення Черкаської міської ради від 02.03.2023 №38-12 «Про закріплення територій за комунальним підприємством «Благоустрій» Черкаської міської ради для їх подальшого</t>
+          <t>11092Про внесення змін до рішення Черкаської міської ради від 02.03.2023 №38-12 «Про закріплення територій за комунальним підприємством «Благоустрій» Черкаської міської ради для їх подальшого утримання, благоустрою та обслуговування»</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>47</v>
       </c>
       <c r="E44" t="s">
         <v>73</v>
       </c>
       <c r="F44" t="s">
         <v>91</v>
       </c>
       <c r="G44" t="s">
         <v>92</v>
       </c>
       <c r="H44" t="s">
         <v>93</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>84</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>62</v>
@@ -7164,51 +7164,51 @@
       <c r="AR44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS44" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV44" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>11093Про внесення змін до рішення Черкаської міської ради від 02.03.2023 №38-12 «Про закріплення територій за комунальним підприємством «Благоустрій» Черкаської міської ради для їх подальшого</t>
+          <t>11093Про внесення змін до рішення Черкаської міської ради від 02.03.2023 №38-12 «Про закріплення територій за комунальним підприємством «Благоустрій» Черкаської міської ради для їх подальшого утримання, благоустрою та обслуговування»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>59</v>
       </c>
       <c r="E45" t="s">
         <v>48</v>
       </c>
       <c r="F45" t="s">
         <v>95</v>
       </c>
       <c r="G45" t="s">
         <v>50</v>
       </c>
       <c r="H45" t="s">
         <v>51</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>54</v>
@@ -7312,51 +7312,51 @@
       <c r="AR45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV45" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>11094Про  затвердження проєкту Договору про співробітництво з метою будівництва та облаштування місць тимчасового проживання внутрішньо переміщених осіб по Об’єкту: «Нове будівництво</t>
+          <t>11094Про  затвердження проєкту Договору про співробітництво з метою будівництва та облаштування місць тимчасового проживання внутрішньо переміщених осіб по Об’єкту: «Нове будівництво швидкозбірного каркасного багатоквартирного житлового будинку у кварталі вулиць Квіткової, Містобудівної, Академіка Корольова та Івана Кожедуба в м. Черкаси для тимчасового проживання внутрішньо переміщених осіб» на земельній ділянці кадастровий номер 7110136700:05:024:0085</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>48</v>
       </c>
       <c r="F46" t="s">
         <v>89</v>
       </c>
       <c r="G46" t="s">
         <v>50</v>
       </c>
       <c r="H46" t="s">
         <v>79</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>53</v>
@@ -16486,51 +16486,51 @@
       <c r="AR107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV107" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>102</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>11161Про продаж на земельних торгах права власності на земельну ділянку по вул. Петра Дорошенка, між вул. Валерія Лобановського та вул. Зінченка (перспективний № 32) та затвердження умов</t>
+          <t>11161Про продаж на земельних торгах права власності на земельну ділянку по вул. Петра Дорошенка, між вул. Валерія Лобановського та вул. Зінченка (перспективний № 32) та затвердження умов проведення земельних торгів</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>59</v>
       </c>
       <c r="E108" t="s">
         <v>73</v>
       </c>
       <c r="F108" t="s">
         <v>78</v>
       </c>
       <c r="G108" t="s">
         <v>50</v>
       </c>
       <c r="H108" t="s">
         <v>51</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>53</v>
@@ -16930,51 +16930,51 @@
       <c r="AR110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT110" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU110" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV110" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>102</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
-          <t>11164Про надання громадянці Кифак Олександрі Олександрівні дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової</t>
+          <t>11164Про надання громадянці Кифак Олександрі Олександрівні дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової оцінки земельної ділянки по проспекту Перемоги, 7 в м. Черкаси</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>59</v>
       </c>
       <c r="E111" t="s">
         <v>73</v>
       </c>
       <c r="F111" t="s">
         <v>78</v>
       </c>
       <c r="G111" t="s">
         <v>50</v>
       </c>
       <c r="H111" t="s">
         <v>51</v>
       </c>
       <c r="I111" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K111" t="s" s="5">
         <v>53</v>
@@ -17078,51 +17078,51 @@
       <c r="AR111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV111" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>102</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>11165Про надання ПП «Липкань і Компанія» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової оцінки земельної</t>
+          <t>11165Про надання ПП «Липкань і Компанія» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової оцінки земельної ділянки по пров. Залізничному, 14 в м. Черкаси</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>59</v>
       </c>
       <c r="E112" t="s">
         <v>73</v>
       </c>
       <c r="F112" t="s">
         <v>78</v>
       </c>
       <c r="G112" t="s">
         <v>50</v>
       </c>
       <c r="H112" t="s">
         <v>51</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
@@ -17226,51 +17226,51 @@
       <c r="AR112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV112" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>102</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>11166Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Хижняківському (біля будівлі №</t>
+          <t>11166Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Хижняківському (біля будівлі № 35), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>59</v>
       </c>
       <c r="E113" t="s">
         <v>73</v>
       </c>
       <c r="F113" t="s">
         <v>78</v>
       </c>
       <c r="G113" t="s">
         <v>50</v>
       </c>
       <c r="H113" t="s">
         <v>51</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>53</v>
@@ -17374,51 +17374,51 @@
       <c r="AR113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV113" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>102</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>11167Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Євгена Коновальця (біля будинку №</t>
+          <t>11167Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Євгена Коновальця (біля будинку № 28), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>59</v>
       </c>
       <c r="E114" t="s">
         <v>73</v>
       </c>
       <c r="F114" t="s">
         <v>78</v>
       </c>
       <c r="G114" t="s">
         <v>50</v>
       </c>
       <c r="H114" t="s">
         <v>51</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>53</v>
@@ -17670,51 +17670,51 @@
       <c r="AR115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV115" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
         <v>102</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>11169Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сержанта Волкова (біля будинку №</t>
+          <t>11169Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сержанта Волкова (біля будинку № 125), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>59</v>
       </c>
       <c r="E116" t="s">
         <v>73</v>
       </c>
       <c r="F116" t="s">
         <v>78</v>
       </c>
       <c r="G116" t="s">
         <v>50</v>
       </c>
       <c r="H116" t="s">
         <v>51</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>53</v>
@@ -17818,51 +17818,51 @@
       <c r="AR116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV116" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>102</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>11170Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Ярослава Мудрого, надання дозволу</t>
+          <t>11170Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Ярослава Мудрого, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>59</v>
       </c>
       <c r="E117" t="s">
         <v>73</v>
       </c>
       <c r="F117" t="s">
         <v>78</v>
       </c>
       <c r="G117" t="s">
         <v>50</v>
       </c>
       <c r="H117" t="s">
         <v>51</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>53</v>
@@ -17966,51 +17966,51 @@
       <c r="AR117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV117" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>102</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>11171Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Горіховій (біля будинку № 51),</t>
+          <t>11171Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Горіховій (біля будинку № 51), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>59</v>
       </c>
       <c r="E118" t="s">
         <v>73</v>
       </c>
       <c r="F118" t="s">
         <v>78</v>
       </c>
       <c r="G118" t="s">
         <v>50</v>
       </c>
       <c r="H118" t="s">
         <v>51</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>53</v>
@@ -18262,51 +18262,51 @@
       <c r="AR119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV119" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>102</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>11173Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській</t>
+          <t>11173Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській (навпроти будівлі № 164/4), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>59</v>
       </c>
       <c r="E120" t="s">
         <v>73</v>
       </c>
       <c r="F120" t="s">
         <v>78</v>
       </c>
       <c r="G120" t="s">
         <v>50</v>
       </c>
       <c r="H120" t="s">
         <v>51</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>53</v>
@@ -18558,51 +18558,51 @@
       <c r="AR121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV121" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
         <v>102</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>11175Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Чигиринській</t>
+          <t>11175Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Чигиринській (біля ділянки № 60), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>59</v>
       </c>
       <c r="E122" t="s">
         <v>73</v>
       </c>
       <c r="F122" t="s">
         <v>78</v>
       </c>
       <c r="G122" t="s">
         <v>50</v>
       </c>
       <c r="H122" t="s">
         <v>51</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>53</v>
@@ -18706,51 +18706,51 @@
       <c r="AR122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV122" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>102</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>11176Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Хоменка та</t>
+          <t>11176Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Хоменка та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>59</v>
       </c>
       <c r="E123" t="s">
         <v>73</v>
       </c>
       <c r="F123" t="s">
         <v>78</v>
       </c>
       <c r="G123" t="s">
         <v>50</v>
       </c>
       <c r="H123" t="s">
         <v>51</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>53</v>
@@ -18854,51 +18854,51 @@
       <c r="AR123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV123" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
         <v>102</v>
       </c>
       <c r="C124" t="inlineStr" s="4">
         <is>
-          <t>11177Про виключення з переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса (біля домоволодіння №</t>
+          <t>11177Про виключення з переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса (біля домоволодіння № 79)</t>
         </is>
       </c>
       <c r="D124" t="s">
         <v>59</v>
       </c>
       <c r="E124" t="s">
         <v>73</v>
       </c>
       <c r="F124" t="s">
         <v>78</v>
       </c>
       <c r="G124" t="s">
         <v>50</v>
       </c>
       <c r="H124" t="s">
         <v>51</v>
       </c>
       <c r="I124" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K124" t="s" s="5">
         <v>53</v>
@@ -19002,51 +19002,51 @@
       <c r="AR124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV124" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>102</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>11178Про надання ДОШКІЛЬНОМУ НАВЧАЛЬНОМУ ЗАКЛАДУ (ЯСЛА-САДОК) КОМБІНОВАНОГО ТИПУ №60 «ЯЛИНКА – ВЕСЕЛИНКА» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування по вул.</t>
+          <t>11178Про надання ДОШКІЛЬНОМУ НАВЧАЛЬНОМУ ЗАКЛАДУ (ЯСЛА-САДОК) КОМБІНОВАНОГО ТИПУ №60 «ЯЛИНКА – ВЕСЕЛИНКА» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування по вул. Нарбутівській, 202</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>59</v>
       </c>
       <c r="E125" t="s">
         <v>73</v>
       </c>
       <c r="F125" t="s">
         <v>78</v>
       </c>
       <c r="G125" t="s">
         <v>50</v>
       </c>
       <c r="H125" t="s">
         <v>51</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>53</v>
@@ -19150,51 +19150,51 @@
       <c r="AR125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV125" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>102</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>11179Про надання ЧЕРКАСЬКІЙ СПЕЦІАЛІЗОВАНІЙ ШКОЛІ I-III СТУПЕНІВ №18 ІМЕНІ В`ЯЧЕСЛАВА ЧОРНОВОЛА ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ ЧЕРКАСЬКОЇ ОБЛАСТІ дозволу на розроблення проекту землеустрою щодо</t>
+          <t>11179Про надання ЧЕРКАСЬКІЙ СПЕЦІАЛІЗОВАНІЙ ШКОЛІ I-III СТУПЕНІВ №18 ІМЕНІ В`ЯЧЕСЛАВА ЧОРНОВОЛА ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ ЧЕРКАСЬКОЇ ОБЛАСТІ дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки по вул. Самійла Кішки, 185/3</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>59</v>
       </c>
       <c r="E126" t="s">
         <v>73</v>
       </c>
       <c r="F126" t="s">
         <v>78</v>
       </c>
       <c r="G126" t="s">
         <v>50</v>
       </c>
       <c r="H126" t="s">
         <v>51</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>53</v>
@@ -20334,51 +20334,51 @@
       <c r="AR133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT133" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU133" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV133" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>102</v>
       </c>
       <c r="C134" t="inlineStr" s="4">
         <is>
-          <t>11187Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ТОВ «ПРОМХОЛОД-ТРАНС» по проспекту Перемоги, 7/7 та надання її частини в оренду</t>
+          <t>11187Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ТОВ «ПРОМХОЛОД-ТРАНС» по проспекту Перемоги, 7/7 та надання її частини в оренду ТОВ «ПРОМХОЛОД ДТ»</t>
         </is>
       </c>
       <c r="D134" t="s">
         <v>59</v>
       </c>
       <c r="E134" t="s">
         <v>73</v>
       </c>
       <c r="F134" t="s">
         <v>78</v>
       </c>
       <c r="G134" t="s">
         <v>50</v>
       </c>
       <c r="H134" t="s">
         <v>51</v>
       </c>
       <c r="I134" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J134" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K134" t="s" s="5">
         <v>53</v>
@@ -20776,51 +20776,51 @@
       <c r="AR136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV136" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>102</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>11190Про внесення змін до рішення Черкаської міської ради від 12.12.2024 № 69-100 «Про продаж на земельних торгах права оренди земельної ділянки по вул. Володимира Великого (біля земельної ділянки по</t>
+          <t>11190Про внесення змін до рішення Черкаської міської ради від 12.12.2024 № 69-100 «Про продаж на земельних торгах права оренди земельної ділянки по вул. Володимира Великого (біля земельної ділянки по вул. Володимира Великого, 55/2) та затвердження умов земельних торгів»</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>59</v>
       </c>
       <c r="E137" t="s">
         <v>73</v>
       </c>
       <c r="F137" t="s">
         <v>78</v>
       </c>
       <c r="G137" t="s">
         <v>50</v>
       </c>
       <c r="H137" t="s">
         <v>51</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>53</v>
@@ -21220,51 +21220,51 @@
       <c r="AR139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV139" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>102</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>11193Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКАСЬКЕ</t>
+          <t>11193Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКАСЬКЕ УВП УТОС», з метою оформлення права користування її частиною ТОВ «ПОЛІАВТО»</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>59</v>
       </c>
       <c r="E140" t="s">
         <v>73</v>
       </c>
       <c r="F140" t="s">
         <v>78</v>
       </c>
       <c r="G140" t="s">
         <v>50</v>
       </c>
       <c r="H140" t="s">
         <v>51</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>53</v>
@@ -21368,51 +21368,51 @@
       <c r="AR140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV140" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>102</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>11194Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКА-СЬКЕ</t>
+          <t>11194Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКА-СЬКЕ УВП УТОС», з метою оформлення права користування її частиною гр. Семеновій Т.А.</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>59</v>
       </c>
       <c r="E141" t="s">
         <v>73</v>
       </c>
       <c r="F141" t="s">
         <v>78</v>
       </c>
       <c r="G141" t="s">
         <v>50</v>
       </c>
       <c r="H141" t="s">
         <v>51</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>53</v>
@@ -21810,51 +21810,51 @@
       <c r="AR143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV143" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>102</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
-          <t>11197Про внесення змін до рішення Черкаської міської ради від 28.05.2024 № 58-133 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,8854 га по вул. Олександра Шаповала</t>
+          <t>11197Про внесення змін до рішення Черкаської міської ради від 28.05.2024 № 58-133 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,8854 га по вул. Олександра Шаповала (перспективний № 20) та затвердження умов проведення земельних торгів»</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>59</v>
       </c>
       <c r="E144" t="s">
         <v>73</v>
       </c>
       <c r="F144" t="s">
         <v>78</v>
       </c>
       <c r="G144" t="s">
         <v>50</v>
       </c>
       <c r="H144" t="s">
         <v>51</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>53</v>
@@ -22548,51 +22548,51 @@
       <c r="AR148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV148" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>102</v>
       </c>
       <c r="C149" t="inlineStr" s="4">
         <is>
-          <t>11202Про затвердження документації із землеустрою по проїзду Станційному (з метою встановлення земельного сервітуту на право проходу та проїзду до орендованої земельної ділянки на користь ФОП</t>
+          <t>11202Про затвердження документації із землеустрою по проїзду Станційному (з метою встановлення земельного сервітуту на право проходу та проїзду до орендованої земельної ділянки на користь ФОП Романенка Г.П., ФОП Серветніка В.З., ФОП Короба А.Г.)</t>
         </is>
       </c>
       <c r="D149" t="s">
         <v>59</v>
       </c>
       <c r="E149" t="s">
         <v>73</v>
       </c>
       <c r="F149" t="s">
         <v>78</v>
       </c>
       <c r="G149" t="s">
         <v>50</v>
       </c>
       <c r="H149" t="s">
         <v>51</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>53</v>
@@ -23866,51 +23866,51 @@
       <c r="AR157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV157" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
         <v>102</v>
       </c>
       <c r="C158" t="inlineStr" s="4">
         <is>
-          <t>11211Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ПАРАФІЯ ІКОНИ «ЧОРНОБИЛЬСЬКИЙ СПАС» ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ» дозволу на розроблення технічної</t>
+          <t>11211Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ПАРАФІЯ ІКОНИ «ЧОРНОБИЛЬСЬКИЙ СПАС» ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки Черкаської міської ради, з метою можливості оформлення права користування під їх нерухомим майном по вул. Смілянській, 65-а</t>
         </is>
       </c>
       <c r="D158" t="s">
         <v>59</v>
       </c>
       <c r="E158" t="s">
         <v>73</v>
       </c>
       <c r="F158" t="s">
         <v>78</v>
       </c>
       <c r="G158" t="s">
         <v>50</v>
       </c>
       <c r="H158" t="s">
         <v>51</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>53</v>
@@ -34070,51 +34070,51 @@
       <c r="AR226" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS226" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT226" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU226" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV226" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
         <v>117</v>
       </c>
       <c r="C227" t="inlineStr" s="4">
         <is>
-          <t>11281Про продаж на земельних торгах права власності на земельну ділянку по вул. Петра Дорошенка, між вул. Валерія Лобановського та вул. Зінченка (перспективний № 32) та затвердження умов</t>
+          <t>11281Про продаж на земельних торгах права власності на земельну ділянку по вул. Петра Дорошенка, між вул. Валерія Лобановського та вул. Зінченка (перспективний № 32) та затвердження умов проведення земельних торгів</t>
         </is>
       </c>
       <c r="D227" t="s">
         <v>59</v>
       </c>
       <c r="E227" t="s">
         <v>48</v>
       </c>
       <c r="F227" t="s">
         <v>118</v>
       </c>
       <c r="G227" t="s">
         <v>50</v>
       </c>
       <c r="H227" t="s">
         <v>51</v>
       </c>
       <c r="I227" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J227" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K227" t="s" s="5">
         <v>53</v>
@@ -34514,51 +34514,51 @@
       <c r="AR229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS229" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT229" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU229" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV229" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
         <v>117</v>
       </c>
       <c r="C230" t="inlineStr" s="4">
         <is>
-          <t>11284Про надання громадянці Кифак Олександрі Олександрівні дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової</t>
+          <t>11284Про надання громадянці Кифак Олександрі Олександрівні дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової оцінки земельної ділянки по проспекту Перемоги, 7 в м. Черкаси</t>
         </is>
       </c>
       <c r="D230" t="s">
         <v>59</v>
       </c>
       <c r="E230" t="s">
         <v>48</v>
       </c>
       <c r="F230" t="s">
         <v>118</v>
       </c>
       <c r="G230" t="s">
         <v>50</v>
       </c>
       <c r="H230" t="s">
         <v>51</v>
       </c>
       <c r="I230" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J230" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K230" t="s" s="5">
         <v>53</v>
@@ -34662,51 +34662,51 @@
       <c r="AR230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS230" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT230" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU230" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV230" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
         <v>117</v>
       </c>
       <c r="C231" t="inlineStr" s="4">
         <is>
-          <t>11285Про надання ПП «Липкань і Компанія» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової оцінки земельної</t>
+          <t>11285Про надання ПП «Липкань і Компанія» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки та про проведення експертної грошової оцінки земельної ділянки по пров. Залізничному, 14 в м. Черкаси</t>
         </is>
       </c>
       <c r="D231" t="s">
         <v>59</v>
       </c>
       <c r="E231" t="s">
         <v>48</v>
       </c>
       <c r="F231" t="s">
         <v>118</v>
       </c>
       <c r="G231" t="s">
         <v>50</v>
       </c>
       <c r="H231" t="s">
         <v>51</v>
       </c>
       <c r="I231" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J231" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K231" t="s" s="5">
         <v>53</v>
@@ -34810,51 +34810,51 @@
       <c r="AR231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS231" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT231" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU231" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV231" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
         <v>117</v>
       </c>
       <c r="C232" t="inlineStr" s="4">
         <is>
-          <t>11286Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Хижняківському (біля будівлі №</t>
+          <t>11286Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по пров. Хижняківському (біля будівлі № 35), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D232" t="s">
         <v>59</v>
       </c>
       <c r="E232" t="s">
         <v>48</v>
       </c>
       <c r="F232" t="s">
         <v>118</v>
       </c>
       <c r="G232" t="s">
         <v>50</v>
       </c>
       <c r="H232" t="s">
         <v>51</v>
       </c>
       <c r="I232" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J232" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K232" t="s" s="5">
         <v>53</v>
@@ -34958,51 +34958,51 @@
       <c r="AR232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS232" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT232" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU232" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV232" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
         <v>117</v>
       </c>
       <c r="C233" t="inlineStr" s="4">
         <is>
-          <t>11287Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Євгена Коновальця (біля будинку №</t>
+          <t>11287Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Євгена Коновальця (біля будинку № 28), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D233" t="s">
         <v>59</v>
       </c>
       <c r="E233" t="s">
         <v>48</v>
       </c>
       <c r="F233" t="s">
         <v>118</v>
       </c>
       <c r="G233" t="s">
         <v>50</v>
       </c>
       <c r="H233" t="s">
         <v>51</v>
       </c>
       <c r="I233" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J233" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K233" t="s" s="5">
         <v>53</v>
@@ -35254,51 +35254,51 @@
       <c r="AR234" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT234" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU234" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV234" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
         <v>117</v>
       </c>
       <c r="C235" t="inlineStr" s="4">
         <is>
-          <t>11289Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сержанта Волкова (біля будинку №</t>
+          <t>11289Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сержанта Волкова (біля будинку № 125), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D235" t="s">
         <v>59</v>
       </c>
       <c r="E235" t="s">
         <v>48</v>
       </c>
       <c r="F235" t="s">
         <v>118</v>
       </c>
       <c r="G235" t="s">
         <v>50</v>
       </c>
       <c r="H235" t="s">
         <v>51</v>
       </c>
       <c r="I235" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J235" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K235" t="s" s="5">
         <v>53</v>
@@ -35402,51 +35402,51 @@
       <c r="AR235" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS235" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT235" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU235" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV235" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
         <v>117</v>
       </c>
       <c r="C236" t="inlineStr" s="4">
         <is>
-          <t>11290Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Ярослава Мудрого, надання дозволу</t>
+          <t>11290Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Ярослава Мудрого, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D236" t="s">
         <v>59</v>
       </c>
       <c r="E236" t="s">
         <v>48</v>
       </c>
       <c r="F236" t="s">
         <v>118</v>
       </c>
       <c r="G236" t="s">
         <v>50</v>
       </c>
       <c r="H236" t="s">
         <v>51</v>
       </c>
       <c r="I236" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J236" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K236" t="s" s="5">
         <v>53</v>
@@ -35550,51 +35550,51 @@
       <c r="AR236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS236" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT236" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU236" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV236" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>117</v>
       </c>
       <c r="C237" t="inlineStr" s="4">
         <is>
-          <t>11291Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Горіховій (біля будинку № 51),</t>
+          <t>11291Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Горіховій (біля будинку № 51), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D237" t="s">
         <v>59</v>
       </c>
       <c r="E237" t="s">
         <v>48</v>
       </c>
       <c r="F237" t="s">
         <v>118</v>
       </c>
       <c r="G237" t="s">
         <v>50</v>
       </c>
       <c r="H237" t="s">
         <v>51</v>
       </c>
       <c r="I237" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J237" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K237" t="s" s="5">
         <v>53</v>
@@ -35846,51 +35846,51 @@
       <c r="AR238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS238" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT238" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU238" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV238" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
         <v>117</v>
       </c>
       <c r="C239" t="inlineStr" s="4">
         <is>
-          <t>11293Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській</t>
+          <t>11293Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській (навпроти будівлі № 164/4), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D239" t="s">
         <v>59</v>
       </c>
       <c r="E239" t="s">
         <v>48</v>
       </c>
       <c r="F239" t="s">
         <v>118</v>
       </c>
       <c r="G239" t="s">
         <v>50</v>
       </c>
       <c r="H239" t="s">
         <v>51</v>
       </c>
       <c r="I239" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J239" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K239" t="s" s="5">
         <v>53</v>
@@ -36142,51 +36142,51 @@
       <c r="AR240" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS240" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT240" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU240" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV240" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
         <v>117</v>
       </c>
       <c r="C241" t="inlineStr" s="4">
         <is>
-          <t>11295Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Чигиринській</t>
+          <t>11295Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Чигиринській (біля ділянки № 60), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D241" t="s">
         <v>59</v>
       </c>
       <c r="E241" t="s">
         <v>48</v>
       </c>
       <c r="F241" t="s">
         <v>118</v>
       </c>
       <c r="G241" t="s">
         <v>50</v>
       </c>
       <c r="H241" t="s">
         <v>51</v>
       </c>
       <c r="I241" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J241" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K241" t="s" s="5">
         <v>53</v>
@@ -36290,51 +36290,51 @@
       <c r="AR241" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS241" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT241" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU241" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV241" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
         <v>117</v>
       </c>
       <c r="C242" t="inlineStr" s="4">
         <is>
-          <t>11296Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Хоменка та</t>
+          <t>11296Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки на по вул. Хоменка та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D242" t="s">
         <v>59</v>
       </c>
       <c r="E242" t="s">
         <v>48</v>
       </c>
       <c r="F242" t="s">
         <v>118</v>
       </c>
       <c r="G242" t="s">
         <v>50</v>
       </c>
       <c r="H242" t="s">
         <v>51</v>
       </c>
       <c r="I242" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J242" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K242" t="s" s="5">
         <v>53</v>
@@ -36438,51 +36438,51 @@
       <c r="AR242" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS242" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT242" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU242" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV242" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
         <v>117</v>
       </c>
       <c r="C243" t="inlineStr" s="4">
         <is>
-          <t>11297Про виключення з переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса (біля домоволодіння №</t>
+          <t>11297Про виключення з переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Сергія Амброса (біля домоволодіння № 79)</t>
         </is>
       </c>
       <c r="D243" t="s">
         <v>59</v>
       </c>
       <c r="E243" t="s">
         <v>48</v>
       </c>
       <c r="F243" t="s">
         <v>118</v>
       </c>
       <c r="G243" t="s">
         <v>50</v>
       </c>
       <c r="H243" t="s">
         <v>51</v>
       </c>
       <c r="I243" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J243" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K243" t="s" s="5">
         <v>53</v>
@@ -36586,51 +36586,51 @@
       <c r="AR243" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS243" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT243" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU243" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV243" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
         <v>117</v>
       </c>
       <c r="C244" t="inlineStr" s="4">
         <is>
-          <t>11298Про надання ДОШКІЛЬНОМУ НАВЧАЛЬНОМУ ЗАКЛАДУ (ЯСЛА-САДОК) КОМБІНОВАНОГО ТИПУ №60 «ЯЛИНКА – ВЕСЕЛИНКА» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування по вул.</t>
+          <t>11298Про надання ДОШКІЛЬНОМУ НАВЧАЛЬНОМУ ЗАКЛАДУ (ЯСЛА-САДОК) КОМБІНОВАНОГО ТИПУ №60 «ЯЛИНКА – ВЕСЕЛИНКА» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування по вул. Нарбутівській, 202</t>
         </is>
       </c>
       <c r="D244" t="s">
         <v>59</v>
       </c>
       <c r="E244" t="s">
         <v>48</v>
       </c>
       <c r="F244" t="s">
         <v>118</v>
       </c>
       <c r="G244" t="s">
         <v>50</v>
       </c>
       <c r="H244" t="s">
         <v>51</v>
       </c>
       <c r="I244" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J244" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K244" t="s" s="5">
         <v>53</v>
@@ -36734,51 +36734,51 @@
       <c r="AR244" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS244" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT244" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU244" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV244" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
         <v>117</v>
       </c>
       <c r="C245" t="inlineStr" s="4">
         <is>
-          <t>11299Про надання ЧЕРКАСЬКІЙ СПЕЦІАЛІЗОВАНІЙ ШКОЛІ I-III СТУПЕНІВ №18 ІМЕНІ В`ЯЧЕСЛАВА ЧОРНОВОЛА ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ ЧЕРКАСЬКОЇ ОБЛАСТІ дозволу на розроблення проекту землеустрою щодо</t>
+          <t>11299Про надання ЧЕРКАСЬКІЙ СПЕЦІАЛІЗОВАНІЙ ШКОЛІ I-III СТУПЕНІВ №18 ІМЕНІ В`ЯЧЕСЛАВА ЧОРНОВОЛА ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ ЧЕРКАСЬКОЇ ОБЛАСТІ дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки по вул. Самійла Кішки, 185/3</t>
         </is>
       </c>
       <c r="D245" t="s">
         <v>59</v>
       </c>
       <c r="E245" t="s">
         <v>48</v>
       </c>
       <c r="F245" t="s">
         <v>118</v>
       </c>
       <c r="G245" t="s">
         <v>50</v>
       </c>
       <c r="H245" t="s">
         <v>51</v>
       </c>
       <c r="I245" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J245" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K245" t="s" s="5">
         <v>53</v>
@@ -37918,51 +37918,51 @@
       <c r="AR252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS252" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU252" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV252" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
         <v>117</v>
       </c>
       <c r="C253" t="inlineStr" s="4">
         <is>
-          <t>11307Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ТОВ «ПРОМХОЛОД-ТРАНС» по проспекту Перемоги, 7/7 та надання її частини в оренду</t>
+          <t>11307Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки, яка перебуває в оренді ТОВ «ПРОМХОЛОД-ТРАНС» по проспекту Перемоги, 7/7 та надання її частини в оренду ТОВ «ПРОМХОЛОД ДТ»</t>
         </is>
       </c>
       <c r="D253" t="s">
         <v>59</v>
       </c>
       <c r="E253" t="s">
         <v>48</v>
       </c>
       <c r="F253" t="s">
         <v>118</v>
       </c>
       <c r="G253" t="s">
         <v>50</v>
       </c>
       <c r="H253" t="s">
         <v>51</v>
       </c>
       <c r="I253" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J253" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K253" t="s" s="5">
         <v>53</v>
@@ -38360,51 +38360,51 @@
       <c r="AR255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS255" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT255" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU255" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV255" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
         <v>117</v>
       </c>
       <c r="C256" t="inlineStr" s="4">
         <is>
-          <t>11310Про внесення змін до рішення Черкаської міської ради від 12.12.2024 № 69-100 «Про продаж на земельних торгах права оренди земельної ділянки по вул. Володимира Великого (біля земельної ділянки по</t>
+          <t>11310Про внесення змін до рішення Черкаської міської ради від 12.12.2024 № 69-100 «Про продаж на земельних торгах права оренди земельної ділянки по вул. Володимира Великого (біля земельної ділянки по вул. Володимира Великого, 55/2) та затвердження умов земельних торгів»</t>
         </is>
       </c>
       <c r="D256" t="s">
         <v>59</v>
       </c>
       <c r="E256" t="s">
         <v>48</v>
       </c>
       <c r="F256" t="s">
         <v>118</v>
       </c>
       <c r="G256" t="s">
         <v>50</v>
       </c>
       <c r="H256" t="s">
         <v>51</v>
       </c>
       <c r="I256" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J256" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K256" t="s" s="5">
         <v>53</v>
@@ -38804,51 +38804,51 @@
       <c r="AR258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS258" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT258" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU258" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV258" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
         <v>117</v>
       </c>
       <c r="C259" t="inlineStr" s="4">
         <is>
-          <t>11313Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКАСЬКЕ</t>
+          <t>11313Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКАСЬКЕ УВП УТОС», з метою оформлення права користування її частиною ТОВ «ПОЛІАВТО»</t>
         </is>
       </c>
       <c r="D259" t="s">
         <v>59</v>
       </c>
       <c r="E259" t="s">
         <v>48</v>
       </c>
       <c r="F259" t="s">
         <v>118</v>
       </c>
       <c r="G259" t="s">
         <v>50</v>
       </c>
       <c r="H259" t="s">
         <v>51</v>
       </c>
       <c r="I259" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J259" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K259" t="s" s="5">
         <v>53</v>
@@ -38952,51 +38952,51 @@
       <c r="AR259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS259" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT259" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU259" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV259" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
         <v>117</v>
       </c>
       <c r="C260" t="inlineStr" s="4">
         <is>
-          <t>11314Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКА-СЬКЕ</t>
+          <t>11314Про надання дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Університетській, 39, яка перебуває в постійному користуванні ПОГ «ЧЕРКА-СЬКЕ УВП УТОС», з метою оформлення права користування її частиною гр. Семеновій Т.А.</t>
         </is>
       </c>
       <c r="D260" t="s">
         <v>59</v>
       </c>
       <c r="E260" t="s">
         <v>48</v>
       </c>
       <c r="F260" t="s">
         <v>118</v>
       </c>
       <c r="G260" t="s">
         <v>50</v>
       </c>
       <c r="H260" t="s">
         <v>51</v>
       </c>
       <c r="I260" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J260" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K260" t="s" s="5">
         <v>53</v>
@@ -39394,51 +39394,51 @@
       <c r="AR262" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS262" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT262" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU262" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV262" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
         <v>117</v>
       </c>
       <c r="C263" t="inlineStr" s="4">
         <is>
-          <t>11317Про внесення змін до рішення Черкаської міської ради від 28.05.2024 № 58-133 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,8854 га по вул. Олександра Шаповала</t>
+          <t>11317Про внесення змін до рішення Черкаської міської ради від 28.05.2024 № 58-133 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,8854 га по вул. Олександра Шаповала (перспективний № 20) та затвердження умов проведення земельних торгів»</t>
         </is>
       </c>
       <c r="D263" t="s">
         <v>59</v>
       </c>
       <c r="E263" t="s">
         <v>48</v>
       </c>
       <c r="F263" t="s">
         <v>118</v>
       </c>
       <c r="G263" t="s">
         <v>50</v>
       </c>
       <c r="H263" t="s">
         <v>51</v>
       </c>
       <c r="I263" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J263" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K263" t="s" s="5">
         <v>53</v>
@@ -40132,51 +40132,51 @@
       <c r="AR267" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS267" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT267" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU267" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV267" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
         <v>117</v>
       </c>
       <c r="C268" t="inlineStr" s="4">
         <is>
-          <t>11322Про затвердження документації із землеустрою по проїзду Станційному (з метою встановлення земельного сервітуту на право проходу та проїзду до орендованої земельної ділянки на користь ФОП</t>
+          <t>11322Про затвердження документації із землеустрою по проїзду Станційному (з метою встановлення земельного сервітуту на право проходу та проїзду до орендованої земельної ділянки на користь ФОП Романенка Г.П., ФОП Серветніка В.З., ФОП Короба А.Г.)</t>
         </is>
       </c>
       <c r="D268" t="s">
         <v>59</v>
       </c>
       <c r="E268" t="s">
         <v>48</v>
       </c>
       <c r="F268" t="s">
         <v>118</v>
       </c>
       <c r="G268" t="s">
         <v>50</v>
       </c>
       <c r="H268" t="s">
         <v>51</v>
       </c>
       <c r="I268" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J268" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K268" t="s" s="5">
         <v>53</v>
@@ -41450,51 +41450,51 @@
       <c r="AR276" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS276" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT276" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU276" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV276" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
         <v>117</v>
       </c>
       <c r="C277" t="inlineStr" s="4">
         <is>
-          <t>11331Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ПАРАФІЯ ІКОНИ «ЧОРНОБИЛЬСЬКИЙ СПАС» ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ» дозволу на розроблення технічної</t>
+          <t>11331Про надання РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА ПАРАФІЯ ІКОНИ «ЧОРНОБИЛЬСЬКИЙ СПАС» ЧЕРКАСЬКОЇ ЄПАРХІЇ УКРАЇНСЬКОЇ ПРАВОСЛАВНОЇ ЦЕРКВИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки Черкаської міської ради, з метою можливості оформлення права користування під їх нерухомим майном по вул. Смілянській, 65-а</t>
         </is>
       </c>
       <c r="D277" t="s">
         <v>59</v>
       </c>
       <c r="E277" t="s">
         <v>48</v>
       </c>
       <c r="F277" t="s">
         <v>118</v>
       </c>
       <c r="G277" t="s">
         <v>50</v>
       </c>
       <c r="H277" t="s">
         <v>51</v>
       </c>
       <c r="I277" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J277" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K277" t="s" s="5">
         <v>53</v>