--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -622,51 +622,51 @@
       <c r="AR2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>54</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>10966Про надання згоди на безоплатне прийняття у комунальну власність Черкаської міської територіальної громади Комунального закладу «Черкаський академічний ліцей «Перспектива» Черкаської</t>
+          <t>10966Про надання згоди на безоплатне прийняття у комунальну власність Черкаської міської територіальної громади Комунального закладу «Черкаський академічний ліцей «Перспектива» Черкаської обласної ради» із власності територіальних громад сіл, селищ, міст Черкаської області</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>47</v>
       </c>
       <c r="E3" t="s">
         <v>48</v>
       </c>
       <c r="F3" t="s">
         <v>55</v>
       </c>
       <c r="G3" t="s">
         <v>56</v>
       </c>
       <c r="H3" t="s">
         <v>51</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>57</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>52</v>