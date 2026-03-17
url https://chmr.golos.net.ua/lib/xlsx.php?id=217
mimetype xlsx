--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -784,51 +784,51 @@
       <c r="AR3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>59</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>10498Про реорганізацію юридичної особи комунального некомерційного підприємства «Черкаська міська консультативно-діагностична поліклініка» шляхом приєднання до комунального некомерційного</t>
+          <t>10498Про реорганізацію юридичної особи комунального некомерційного підприємства «Черкаська міська консультативно-діагностична поліклініка» шляхом приєднання до комунального некомерційного підприємства «П’ятий Черкаський міський центр первинної медико-санітарної допомоги»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>46</v>
       </c>
       <c r="E4" t="s">
         <v>47</v>
       </c>
       <c r="F4" t="s">
         <v>56</v>
       </c>
       <c r="G4" t="s">
         <v>57</v>
       </c>
       <c r="H4" t="s">
         <v>58</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>53</v>