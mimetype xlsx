--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1458,51 +1458,51 @@
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>10327Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026</t>
+          <t>10327Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026 роки»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>46</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6" t="s">
         <v>50</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>51</v>
@@ -2344,51 +2344,51 @@
       <c r="AR11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV11" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>10333Про внесення доповнень до рішення Черкаської міської ради від 26.06.2003 №3-531 «Про перелік об’єктів права міської комунальної власності та уповноважених органів, яким вони передаються в</t>
+          <t>10333Про внесення доповнень до рішення Черкаської міської ради від 26.06.2003 №3-531 «Про перелік об’єктів права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління»</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>46</v>
       </c>
       <c r="E12" t="s">
         <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12" t="s">
         <v>50</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>51</v>
@@ -2492,51 +2492,51 @@
       <c r="AR12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>45</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>10334Про внесення доповнень до рішення Черкаської міської ради від 31.10.2024 № 66-23 «Про внесення змін до рішення Черкаської міської ради від 13.12.2019 №2-5415 «Про звільнення від оплати комунальних послуг</t>
+          <t>10334Про внесення доповнень до рішення Черкаської міської ради від 31.10.2024 № 66-23 «Про внесення змін до рішення Черкаської міської ради від 13.12.2019 №2-5415 «Про звільнення від оплати комунальних послуг волонтерських організацій в нежитлових приміщеннях власності територіальної громади міста Черкаси»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>46</v>
       </c>
       <c r="E13" t="s">
         <v>47</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13" t="s">
         <v>50</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>51</v>
@@ -2936,51 +2936,51 @@
       <c r="AR15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>10337Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення</t>
+          <t>10337Про внесення змін до рішення Черкаської міської ради від 22.08.2019 № 2-4753 «Про утворення центру комплексної реабілітації для осіб з інвалідністю «Жага життя», внесення змін до рішення Черкаської міської ради від 24.04.2017 № 2-1977 «Про перейменування територіального центру соціальної допомоги Соснівського району  м. Черкаси та реорганізацію територіального центру соціальної допомоги Придніпровського району м. Черкаси»</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16" t="s">
         <v>47</v>
       </c>
       <c r="F16" t="s">
         <v>48</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16" t="s">
         <v>50</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>51</v>
@@ -3084,51 +3084,51 @@
       <c r="AR16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV16" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>10338Про передачу з балансу центру комплексної реабілітації для осіб з інвалідністю «Жага життя» на баланс територіальному центру надання соціальних послуг м.Черкаси нежитлового приміщення за</t>
+          <t>10338Про передачу з балансу центру комплексної реабілітації для осіб з інвалідністю «Жага життя» на баланс територіальному центру надання соціальних послуг м.Черкаси нежитлового приміщення за адресою: м.Черкаси, вул. Хоменка, 14/2.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>47</v>
       </c>
       <c r="F17" t="s">
         <v>48</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J17" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>51</v>
@@ -4266,51 +4266,51 @@
       <c r="AR24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV24" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>45</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>10346Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>10346Про внесення змін до рішення Черкаської міської ради від 05.12.2024 № 68-5 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2025-2027 роки»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>46</v>
       </c>
       <c r="E25" t="s">
         <v>47</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>49</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>51</v>
@@ -4706,51 +4706,51 @@
       <c r="AR27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV27" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>10350Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я)</t>
+          <t>10350Про внесення змін до рішення міської ради від 19.10.2023 №48-12 «Про затвердження міської програми фінансової підтримки комунальних некомерційних підприємств (закладів охорони здоров’я) Черкаської міської ради на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>58</v>
       </c>
       <c r="E28" t="s">
         <v>63</v>
       </c>
       <c r="F28" t="s">
         <v>64</v>
       </c>
       <c r="G28" t="s">
         <v>65</v>
       </c>
       <c r="H28" t="s">
         <v>66</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>67</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>68</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>53</v>
@@ -4854,51 +4854,51 @@
       <c r="AR28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV28" t="s" s="5">
         <v>67</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>69</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>10352Про внесення змін до рішення міської ради від 19.10.2023 № 48-11 «Про затвердження міської програми надання медичних послуг жителям міста Черкаси понад обсяг, передбачений програмою державних</t>
+          <t>10352Про внесення змін до рішення міської ради від 19.10.2023 № 48-11 «Про затвердження міської програми надання медичних послуг жителям міста Черкаси понад обсяг, передбачений програмою державних гарантій медичного обслуговування населення, на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>58</v>
       </c>
       <c r="E29" t="s">
         <v>63</v>
       </c>
       <c r="F29" t="s">
         <v>70</v>
       </c>
       <c r="G29" t="s">
         <v>71</v>
       </c>
       <c r="H29" t="s">
         <v>72</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>67</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>68</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>53</v>
@@ -5002,51 +5002,51 @@
       <c r="AR29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV29" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>73</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>10353Про внесення змін до рішення міської ради від 19.10.2023 № 48-11 «Про затвердження міської програми надання медичних послуг жителям міста Черкаси понад обсяг, передбачений програмою державних</t>
+          <t>10353Про внесення змін до рішення міської ради від 19.10.2023 № 48-11 «Про затвердження міської програми надання медичних послуг жителям міста Черкаси понад обсяг, передбачений програмою державних гарантій медичного обслуговування населення, на 2024-2026 роки»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>47</v>
       </c>
       <c r="F30" t="s">
         <v>74</v>
       </c>
       <c r="G30" t="s">
         <v>71</v>
       </c>
       <c r="H30" t="s">
         <v>50</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>68</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>51</v>
@@ -6186,51 +6186,51 @@
       <c r="AR37" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AS37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV37" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>88</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>10361Про підписання Меморандуму про долучення до експериментального проєкту щодо створення та впровадження цифрової інтегрованої інформаційно-аналітичної системи «Єдина платформа</t>
+          <t>10361Про підписання Меморандуму про долучення до експериментального проєкту щодо створення та впровадження цифрової інтегрованої інформаційно-аналітичної системи «Єдина платформа житлово-комунальних послуг»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>89</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
         <v>90</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38" t="s">
         <v>50</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>51</v>
@@ -9294,51 +9294,51 @@
       <c r="AR58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>91</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>10385Про надання дозволу на розроблення документації із землеустрою на земельну ділянку в межах існуючого домоволодіння по вул. Петра Прокоповича, 8 громадянам Дячкову В.П., Дячковій А.В.,</t>
+          <t>10385Про надання дозволу на розроблення документації із землеустрою на земельну ділянку в межах існуючого домоволодіння по вул. Петра Прокоповича, 8 громадянам Дячкову В.П., Дячковій А.В., Дячковій В.В.</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>46</v>
       </c>
       <c r="E59" t="s">
         <v>47</v>
       </c>
       <c r="F59" t="s">
         <v>92</v>
       </c>
       <c r="G59" t="s">
         <v>49</v>
       </c>
       <c r="H59" t="s">
         <v>50</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>53</v>
@@ -10774,51 +10774,51 @@
       <c r="AR68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS68" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV68" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>91</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>10395Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території садівничого товариства «Комунальник» (діл. № 502) Черкаського міського об’єднання</t>
+          <t>10395Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території садівничого товариства «Комунальник» (діл. № 502) Черкаського міського об’єднання садівничих товариств «Садівник» громадянці Оверченко Т.І.</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>46</v>
       </c>
       <c r="E69" t="s">
         <v>47</v>
       </c>
       <c r="F69" t="s">
         <v>92</v>
       </c>
       <c r="G69" t="s">
         <v>49</v>
       </c>
       <c r="H69" t="s">
         <v>50</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>53</v>
@@ -12254,51 +12254,51 @@
       <c r="AR78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS78" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV78" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>91</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>10405Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Володимира</t>
+          <t>10405Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Володимира Великого (перспективна адреса вул. Володимира Великого, 162), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>46</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
         <v>92</v>
       </c>
       <c r="G79" t="s">
         <v>49</v>
       </c>
       <c r="H79" t="s">
         <v>50</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>53</v>
@@ -12550,51 +12550,51 @@
       <c r="AR80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU80" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV80" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>91</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
-          <t>10407Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки в районі вул. Василя Стуса, вул. Веселої</t>
+          <t>10407Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки в районі вул. Василя Стуса, вул. Веселої та пров. Поштового, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>46</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>92</v>
       </c>
       <c r="G81" t="s">
         <v>49</v>
       </c>
       <c r="H81" t="s">
         <v>50</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>53</v>
@@ -12698,51 +12698,51 @@
       <c r="AR81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS81" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU81" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV81" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>91</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
-          <t>10408Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олександра Кониського (витяг №</t>
+          <t>10408Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олександра Кониського (витяг № 6230-06-01-25 від 16.10.2024), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>46</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
         <v>92</v>
       </c>
       <c r="G82" t="s">
         <v>49</v>
       </c>
       <c r="H82" t="s">
         <v>50</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K82" t="s" s="5">
         <v>53</v>
@@ -12846,51 +12846,51 @@
       <c r="AR82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS82" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV82" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>91</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>10409Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олександра Кониського (витяг №</t>
+          <t>10409Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олександра Кониського (витяг № 6231-06-01-25 від 16.10.2024), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>46</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
         <v>92</v>
       </c>
       <c r="G83" t="s">
         <v>49</v>
       </c>
       <c r="H83" t="s">
         <v>50</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>53</v>
@@ -12994,51 +12994,51 @@
       <c r="AR83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS83" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU83" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV83" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>91</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
-          <t>10410Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олександра Кониського (витяг №</t>
+          <t>10410Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Олександра Кониського (витяг № 6232-06-01-25 від 16.10.2024), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>46</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
         <v>92</v>
       </c>
       <c r="G84" t="s">
         <v>49</v>
       </c>
       <c r="H84" t="s">
         <v>50</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>53</v>
@@ -13290,51 +13290,51 @@
       <c r="AR85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS85" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU85" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV85" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>91</v>
       </c>
       <c r="C86" t="inlineStr" s="4">
         <is>
-          <t>10412Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Валерія Лобановського, надання</t>
+          <t>10412Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Валерія Лобановського, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D86" t="s">
         <v>46</v>
       </c>
       <c r="E86" t="s">
         <v>47</v>
       </c>
       <c r="F86" t="s">
         <v>92</v>
       </c>
       <c r="G86" t="s">
         <v>49</v>
       </c>
       <c r="H86" t="s">
         <v>50</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>53</v>
@@ -15804,51 +15804,51 @@
       <c r="AR102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS102" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU102" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV102" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>91</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
-          <t>10429Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Мечникова (біля будинку № 7),</t>
+          <t>10429Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Мечникова (біля будинку № 7), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>46</v>
       </c>
       <c r="E103" t="s">
         <v>47</v>
       </c>
       <c r="F103" t="s">
         <v>92</v>
       </c>
       <c r="G103" t="s">
         <v>49</v>
       </c>
       <c r="H103" t="s">
         <v>50</v>
       </c>
       <c r="I103" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J103" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K103" t="s" s="5">
         <v>53</v>
@@ -16098,51 +16098,51 @@
       <c r="AR104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS104" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU104" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV104" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>91</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
-          <t>10431Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по бульвару Шевченка, 190 та надання дозволу</t>
+          <t>10431Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по бульвару Шевченка, 190 та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>46</v>
       </c>
       <c r="E105" t="s">
         <v>47</v>
       </c>
       <c r="F105" t="s">
         <v>92</v>
       </c>
       <c r="G105" t="s">
         <v>49</v>
       </c>
       <c r="H105" t="s">
         <v>50</v>
       </c>
       <c r="I105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K105" t="s" s="5">
         <v>53</v>
@@ -16246,51 +16246,51 @@
       <c r="AR105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS105" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU105" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV105" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>91</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
-          <t>10432Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Надпільній (біля будівлі № 402) та</t>
+          <t>10432Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Надпільній (біля будівлі № 402) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>46</v>
       </c>
       <c r="E106" t="s">
         <v>47</v>
       </c>
       <c r="F106" t="s">
         <v>92</v>
       </c>
       <c r="G106" t="s">
         <v>49</v>
       </c>
       <c r="H106" t="s">
         <v>50</v>
       </c>
       <c r="I106" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J106" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K106" t="s" s="5">
         <v>53</v>
@@ -16542,51 +16542,51 @@
       <c r="AR107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS107" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU107" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV107" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>91</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
-          <t>10434Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. 14-го Грудня (біля ділянки № 6/1), та</t>
+          <t>10434Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. 14-го Грудня (біля ділянки № 6/1), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>46</v>
       </c>
       <c r="E108" t="s">
         <v>47</v>
       </c>
       <c r="F108" t="s">
         <v>92</v>
       </c>
       <c r="G108" t="s">
         <v>49</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J108" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K108" t="s" s="5">
         <v>53</v>
@@ -17134,51 +17134,51 @@
       <c r="AR111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV111" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>91</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>10438Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі</t>
+          <t>10438Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИІНВЕСТБУД» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі вулиць Віталія Вергая, Олени Теліги та Квіткової</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>46</v>
       </c>
       <c r="E112" t="s">
         <v>47</v>
       </c>
       <c r="F112" t="s">
         <v>92</v>
       </c>
       <c r="G112" t="s">
         <v>49</v>
       </c>
       <c r="H112" t="s">
         <v>50</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
@@ -20522,51 +20522,51 @@
       <c r="AR134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT134" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU134" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV134" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
         <v>106</v>
       </c>
       <c r="C135" t="inlineStr" s="4">
         <is>
-          <t>10461Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С.</t>
+          <t>10461Про надання дозволу на розроблення проєкту землеустрою щодо організації території земельних часток (паїв) на земельну ділянку в районі вул. Героїв Холодного Яру громадянину Залозному М. С. (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D135" t="s">
         <v>46</v>
       </c>
       <c r="E135" t="s">
         <v>63</v>
       </c>
       <c r="F135" t="s">
         <v>107</v>
       </c>
       <c r="G135" t="s">
         <v>71</v>
       </c>
       <c r="H135" t="s">
         <v>50</v>
       </c>
       <c r="I135" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J135" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K135" t="s" s="5">
         <v>53</v>
@@ -21410,51 +21410,51 @@
       <c r="AR140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU140" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV140" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>119</v>
       </c>
       <c r="C141" t="inlineStr" s="4">
         <is>
-          <t>10467Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>10467Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D141" t="s">
         <v>58</v>
       </c>
       <c r="E141" t="s">
         <v>63</v>
       </c>
       <c r="F141" t="s">
         <v>78</v>
       </c>
       <c r="G141" t="s">
         <v>71</v>
       </c>
       <c r="H141" t="s">
         <v>116</v>
       </c>
       <c r="I141" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K141" t="s" s="5">
         <v>52</v>
@@ -21558,51 +21558,51 @@
       <c r="AR141" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AS141" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU141" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV141" t="s" s="5">
         <v>67</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>120</v>
       </c>
       <c r="C142" t="inlineStr" s="4">
         <is>
-          <t>10468Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
+          <t>10468Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D142" t="s">
         <v>58</v>
       </c>
       <c r="E142" t="s">
         <v>63</v>
       </c>
       <c r="F142" t="s">
         <v>121</v>
       </c>
       <c r="G142" t="s">
         <v>49</v>
       </c>
       <c r="H142" t="s">
         <v>81</v>
       </c>
       <c r="I142" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K142" t="s" s="5">
         <v>52</v>
@@ -21706,51 +21706,51 @@
       <c r="AR142" t="s" s="5">
         <v>67</v>
       </c>
       <c r="AS142" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV142" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>122</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
-          <t>10469Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
+          <t>10469Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>58</v>
       </c>
       <c r="E143" t="s">
         <v>47</v>
       </c>
       <c r="F143" t="s">
         <v>105</v>
       </c>
       <c r="G143" t="s">
         <v>49</v>
       </c>
       <c r="H143" t="s">
         <v>50</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>53</v>
@@ -22298,51 +22298,51 @@
       <c r="AR146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV146" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>128</v>
       </c>
       <c r="C147" t="inlineStr" s="4">
         <is>
-          <t>10473Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2</t>
+          <t>10473Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2 групи)</t>
         </is>
       </c>
       <c r="D147" t="s">
         <v>89</v>
       </c>
       <c r="E147" t="s">
         <v>47</v>
       </c>
       <c r="F147" t="s">
         <v>105</v>
       </c>
       <c r="G147" t="s">
         <v>49</v>
       </c>
       <c r="H147" t="s">
         <v>50</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>53</v>
@@ -22742,51 +22742,51 @@
       <c r="AR149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV149" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>131</v>
       </c>
       <c r="C150" t="inlineStr" s="4">
         <is>
-          <t>10476Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по</t>
+          <t>10476Про надання ФОП Дяченку І.М. земельної ділянки в оренду по вул. Володимира Великого, біля перехрестя зі спуском Б. Хмельницького (вільна земельна ділянка) на виконання вимог рішення суду по справі № 2а-7421/2011</t>
         </is>
       </c>
       <c r="D150" t="s">
         <v>89</v>
       </c>
       <c r="E150" t="s">
         <v>63</v>
       </c>
       <c r="F150" t="s">
         <v>111</v>
       </c>
       <c r="G150" t="s">
         <v>49</v>
       </c>
       <c r="H150" t="s">
         <v>50</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>51</v>