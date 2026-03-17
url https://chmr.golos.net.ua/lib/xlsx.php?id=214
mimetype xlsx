--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -524,51 +524,51 @@
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AV1" t="s" s="3">
         <v>44</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>45</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>10303Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на військову службу та здійснення заходів, пов`язаних з мобілізацією на 2025 – 2027</t>
+          <t>10303Про затвердження Програми організації і сприяння взяття громадян на військовий облік призовників, їх призову на військову службу та здійснення заходів, пов`язаних з мобілізацією на 2025 – 2027 роки</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
       <c r="E2" t="s">
         <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>48</v>
       </c>
       <c r="G2" t="s">
         <v>49</v>
       </c>
       <c r="H2" t="s">
         <v>50</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>
@@ -968,51 +968,51 @@
       <c r="AR4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>10306Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>10306Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>56</v>
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>54</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5" t="s">
         <v>50</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>51</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>51</v>