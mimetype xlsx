--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -461,51 +461,51 @@
       <c r="AR1" t="s" s="3">
         <v>40</v>
       </c>
       <c r="AS1" t="s" s="3">
         <v>41</v>
       </c>
       <c r="AT1" t="s" s="3">
         <v>42</v>
       </c>
       <c r="AU1" t="s" s="3">
         <v>43</v>
       </c>
       <c r="AV1" t="s" s="3">
         <v>44</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>45</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
-          <t>9734Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>9734Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
       <c r="E2" t="s">
         <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>48</v>
       </c>
       <c r="G2" t="s">
         <v>49</v>
       </c>
       <c r="H2" t="s">
         <v>50</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>51</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>51</v>