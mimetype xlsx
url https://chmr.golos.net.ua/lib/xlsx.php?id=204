--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -50,50 +50,53 @@
   <si>
     <t>Діскант Роман Володимирович</t>
   </si>
   <si>
     <t>Карась Павло Миколайович</t>
   </si>
   <si>
     <t>Мельник Олексій Олексійович</t>
   </si>
   <si>
     <t>Міняйло Валерій Володимирович</t>
   </si>
   <si>
     <t>Савенко Олександр Сергійович</t>
   </si>
   <si>
     <t>Сухарьков Іван Васильович</t>
   </si>
   <si>
     <t>Тренкін Юрій Васильович</t>
   </si>
   <si>
     <t>Бондаренко Анатолій Васильович</t>
   </si>
   <si>
+    <t>Шмиголь Сергій Олегович</t>
+  </si>
+  <si>
     <t>Абрамова Карина Сергіївна</t>
   </si>
   <si>
     <t>Агапова Олена Михайлівна</t>
   </si>
   <si>
     <t>Бандура Інна Валеріївна</t>
   </si>
   <si>
     <t>Батир Руслан Анатолійович</t>
   </si>
   <si>
     <t>Буряк Світлана Вячеславівна</t>
   </si>
   <si>
     <t>Волошин Анатолій Іванович</t>
   </si>
   <si>
     <t>Гладкий Георгій Анатолійович</t>
   </si>
   <si>
     <t>Друмашко Володимир Григорович</t>
   </si>
   <si>
     <t>Дудка Сергій Володимирович</t>
@@ -134,53 +137,50 @@
   <si>
     <t>Погостінська Юлія Олександрівна</t>
   </si>
   <si>
     <t>Прядка Сергій Миколайович</t>
   </si>
   <si>
     <t>Рубан Сергій Леонідович</t>
   </si>
   <si>
     <t>Саліна Юлія Іванівна</t>
   </si>
   <si>
     <t>Тронц Тимофій Володимирович</t>
   </si>
   <si>
     <t>Холупняк Катерина Олександрівна</t>
   </si>
   <si>
     <t>Шабатура Сергій Володимирович</t>
   </si>
   <si>
     <t>Шевченко Геннадій Юрійович</t>
   </si>
   <si>
-    <t>Шмиголь Сергій Олегович</t>
-[...1 lines deleted...]
-  <si>
     <t>Пустовар Владислав Володимирович</t>
   </si>
   <si>
     <t>Шинкарьова Валерія Сергіївна</t>
   </si>
   <si>
     <t>Маслянко Оксана Анатоліївна</t>
   </si>
   <si>
     <t>Єфремов Юрій Валерійович</t>
   </si>
   <si>
     <t>11.07.24  10:17:03</t>
   </si>
   <si>
     <t>9429Про зміни у складі постійних комісій</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 30</t>
@@ -563,165 +563,165 @@
   <si>
     <t>За: 44</t>
   </si>
   <si>
     <t>За: 39</t>
   </si>
   <si>
     <t>За: 37</t>
   </si>
   <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>Утр.: 3</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 5</t>
   </si>
   <si>
+    <t>Утр.: 4</t>
+  </si>
+  <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Утр.: 12</t>
   </si>
   <si>
-    <t>Утр.: 4</t>
-[...1 lines deleted...]
-  <si>
     <t>Утр.: 6</t>
   </si>
   <si>
     <t>Не голос.: 12</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Не голос.: 37</t>
   </si>
   <si>
     <t>Не голос.: 9</t>
   </si>
   <si>
     <t>Не голос.: 50</t>
   </si>
   <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
+    <t>Не голос.: 16</t>
+  </si>
+  <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 34</t>
   </si>
   <si>
     <t>Не голос.: 20</t>
   </si>
   <si>
     <t>Не голос.: 39</t>
   </si>
   <si>
     <t>Не голос.: 13</t>
   </si>
   <si>
     <t>Не голос.: 22</t>
   </si>
   <si>
     <t>Не голос.: 14</t>
   </si>
   <si>
     <t>Не голос.: 27</t>
   </si>
   <si>
     <t>Не голос.: 25</t>
   </si>
   <si>
     <t>Не голос.: 15</t>
   </si>
   <si>
     <t>Не голос.: 33</t>
   </si>
   <si>
     <t>Не голос.: 23</t>
   </si>
   <si>
     <t>Не голос.: 19</t>
   </si>
   <si>
     <t>Не голос.: 10</t>
   </si>
   <si>
     <t>Не голос.: 26</t>
   </si>
   <si>
-    <t>Не голос.: 16</t>
-[...1 lines deleted...]
-  <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 60</t>
   </si>
   <si>
     <t>Відсут.: 22</t>
   </si>
   <si>
     <t>Відсут.: 63</t>
   </si>
   <si>
+    <t>Відсут.: 24</t>
+  </si>
+  <si>
     <t>Відсут.: 18</t>
   </si>
   <si>
     <t>Відсут.: 55</t>
   </si>
   <si>
     <t>Відсут.: 8</t>
   </si>
   <si>
     <t>Відсут.: 9</t>
   </si>
   <si>
     <t>Відсут.: 11</t>
   </si>
   <si>
     <t>Відсут.: 14</t>
-  </si>
-[...1 lines deleted...]
-    <t>Відсут.: 24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -1001,114 +1001,114 @@
       <c r="L2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW2" t="s" s="5">
         <v>53</v>
       </c>
@@ -1150,105 +1150,105 @@
       <c r="L3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
@@ -1301,105 +1301,105 @@
       <c r="L4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>54</v>
       </c>
@@ -1452,117 +1452,117 @@
       <c r="L5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="U5" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="V5" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="V5" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="W5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X5" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y5" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="Y5" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z5" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA5" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB5" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB5" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC5" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP5" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
@@ -1594,135 +1594,135 @@
       <c r="I6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X6" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y6" t="s" s="5">
         <v>71</v>
       </c>
-      <c r="Y6" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z6" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA6" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB6" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB6" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC6" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ6" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AR6" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>9434Про внесення змін до рішення Черкаської міської ради від 23.12.2021 № 16-3 «Про затвердження Програми забезпечення законності та профілактики правопорушень у місті Черкаси на 2022-2026 роки»</t>
         </is>
@@ -1748,132 +1748,132 @@
       <c r="J7" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X7" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Y7" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="Y7" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z7" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA7" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB7" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB7" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC7" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI7" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK7" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL7" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AM7" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AM7" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AN7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR7" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS7" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV7" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW7" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>9435Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
         </is>
@@ -1896,135 +1896,135 @@
       <c r="I8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X8" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y8" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="Y8" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z8" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA8" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB8" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB8" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC8" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO8" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AP8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS8" t="s" s="5">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW8" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>9439Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
         </is>
@@ -2047,135 +2047,135 @@
       <c r="I9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q9" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T9" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="U9" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z9" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA9" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB9" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB9" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC9" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK9" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL9" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN9" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AO9" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AP9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS9" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW9" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>9441Про внесення змін до рішення міської ради від 22.12.2023 № 51-41 «Про бюджет Черкаської міської територіальної громади на 2024 рік (2357600000)»</t>
         </is>
@@ -2198,135 +2198,135 @@
       <c r="I10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q10" t="s" s="5">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S10" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U10" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V10" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X10" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y10" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="Y10" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z10" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA10" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB10" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB10" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC10" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AD10" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ10" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK10" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL10" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS10" t="s" s="5">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW10" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>81</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>9453Про внесення змін до рішення міської ради від 22.12.2023 № 51-41 «Про бюджет Черкаської міської територіальної громади на 2024 рік (2357600000)»</t>
         </is>
@@ -2349,135 +2349,135 @@
       <c r="I11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S11" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V11" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB11" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK11" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL11" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM11" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS11" t="s" s="5">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV11" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW11" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>83</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>9454Про внесення змін до рішення міської ради від 27.01.2020 № 2-5678 “Про затвердження Програми соціально-економічного і культурного розвитку міста Черкаси на 2020-2024 роки”</t>
         </is>
@@ -2500,135 +2500,135 @@
       <c r="I12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q12" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S12" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U12" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z12" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB12" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK12" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL12" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS12" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW12" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>9455Про передачу у власність  Черкаської міської територіальної громади та у господарське відання, баланс КПТМ «Черкаситеплокомуненерго» теплової мережі до житлового будинку по вул. Небесної</t>
         </is>
@@ -2657,111 +2657,111 @@
       <c r="K13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S13" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK13" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL13" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM13" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>53</v>
       </c>
@@ -2800,135 +2800,135 @@
       <c r="I14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N14" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q14" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK14" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL14" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS14" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW14" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>89</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>9459Про присвоєння центральній міській бібліотеці для дітей Черкаської міської централізованої бібліотечної системи імені Михайла Слабошпицького</t>
         </is>
@@ -2957,129 +2957,129 @@
       <c r="K15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S15" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V15" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z15" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA15" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ15" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK15" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL15" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR15" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS15" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW15" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>90</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>9460Про затвердження в новій  редакції статутів комунальних закладів   позашкільної освіти м.Черкаси та зміну їх назв</t>
         </is>
@@ -3102,132 +3102,132 @@
       <c r="I16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q16" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S16" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V16" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC16" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI16" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK16" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL16" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR16" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV16" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW16" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>92</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
@@ -3259,129 +3259,129 @@
       <c r="K17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V17" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ17" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK17" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL17" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR17" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS17" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW17" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>9462Про реорганізацію Черкаського навчально-виховного об`єднання «Дошкільний навчальний заклад - загальноосвітня школа І-ІІ ступенів №36» ім. Героїв-прикордонників Черкаської міської ради</t>
         </is>
@@ -3410,129 +3410,129 @@
       <c r="K18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S18" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z18" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ18" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK18" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL18" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR18" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS18" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV18" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW18" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>94</v>
       </c>
       <c r="C19" t="s" s="4">
         <v>95</v>
       </c>
       <c r="D19" t="s">
@@ -3553,135 +3553,135 @@
       <c r="I19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z19" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ19" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK19" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL19" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS19" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV19" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW19" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>9464Про розгляд електроннї петиції від 19.05.2024 року №Че/2270-еп щодо ремонту дороги Мошни-Корсунь-Шевченківський (Т2403)</t>
         </is>
@@ -3710,108 +3710,108 @@
       <c r="K20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S20" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V20" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA20" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB20" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB20" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC20" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD20" t="s" s="5">
         <v>71</v>
       </c>
-      <c r="AD20" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE20" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH20" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI20" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ20" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK20" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL20" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS20" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT20" t="s" s="5">
         <v>53</v>
       </c>
@@ -3855,135 +3855,135 @@
       <c r="I21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q21" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S21" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD21" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH21" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI21" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ21" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK21" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL21" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS21" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV21" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW21" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>99</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>9466Про внесення змін до рішення від 28.03.2024 року №55-32 «Про надання згоди щодо розміщення на зовнішній поверхні тролейбуса реклами»</t>
         </is>
@@ -4012,108 +4012,108 @@
       <c r="K22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S22" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U22" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z22" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ22" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK22" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL22" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>53</v>
       </c>
@@ -4163,108 +4163,108 @@
       <c r="K23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S23" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U23" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z23" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF23" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH23" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK23" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL23" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>53</v>
       </c>
@@ -4314,111 +4314,111 @@
       <c r="K24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S24" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U24" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB24" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK24" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL24" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AM24" t="s" s="5">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AN24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>53</v>
       </c>
@@ -4465,111 +4465,111 @@
       <c r="K25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S25" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U25" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z25" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD25" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK25" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL25" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM25" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>53</v>
       </c>
@@ -4616,114 +4616,114 @@
       <c r="K26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S26" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U26" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Z26" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC26" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="AD26" t="s" s="5">
         <v>71</v>
       </c>
-      <c r="AD26" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AE26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK26" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL26" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN26" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV26" t="s" s="5">
         <v>55</v>
       </c>
@@ -4761,135 +4761,135 @@
       <c r="I27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q27" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U27" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK27" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL27" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS27" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW27" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>106</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>9473Про розгляд електронної петиції від 01.05.2024 № Че/2265-еп щодо зупинення здійснення реконструкції по Замковому узвозу, 7 і 9/1 в м. Черкаси</t>
         </is>
@@ -4918,111 +4918,111 @@
       <c r="K28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S28" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U28" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X28" t="s" s="5">
+        <v>53</v>
+      </c>
+      <c r="Y28" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="Y28" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Z28" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA28" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB28" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB28" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI28" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ28" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK28" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL28" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM28" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU28" t="s" s="5">
         <v>54</v>
       </c>
@@ -5061,135 +5061,135 @@
       <c r="I29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q29" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U29" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V29" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z29" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK29" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL29" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS29" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV29" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW29" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>110</v>
       </c>
       <c r="C30" t="s" s="4">
         <v>111</v>
       </c>
       <c r="D30" t="s">
@@ -5210,135 +5210,135 @@
       <c r="I30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q30" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S30" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U30" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V30" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="W30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ30" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK30" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL30" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS30" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV30" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW30" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>112</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>9476Про надання дозволу комунальному підприємству «Дирекція парків» Черкаської міської ради на списання основних засобів</t>
         </is>
@@ -5361,132 +5361,132 @@
       <c r="I31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q31" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S31" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U31" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V31" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="W31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z31" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA31" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC31" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD31" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK31" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL31" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR31" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV31" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW31" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>113</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
@@ -5512,135 +5512,135 @@
       <c r="I32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q32" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S32" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U32" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V32" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z32" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA32" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB32" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB32" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC32" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD32" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK32" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL32" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM32" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS32" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW32" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>114</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>9478Про внесення змін до рішення Черкаської міської ради від 28.03.2024 р. №55-55 «Про надання комунальному підприємству «Черкаське експлуатаційне лінійне управління автомобільних шляхів»</t>
         </is>
@@ -5669,108 +5669,108 @@
       <c r="K33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S33" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U33" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z33" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA33" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB33" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB33" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC33" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD33" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK33" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL33" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>53</v>
       </c>
@@ -5818,129 +5818,129 @@
       <c r="K34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S34" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U34" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z34" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC34" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD34" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ34" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK34" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL34" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR34" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AS34" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AT34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU34" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV34" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW34" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>117</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>9480Про затвердження Статуту комунального підприємства «Інститут розвитку міста та цифрової трансформації» Черкаської міської ради»</t>
         </is>
@@ -5969,117 +5969,117 @@
       <c r="K35" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S35" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U35" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z35" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA35" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB35" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB35" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC35" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD35" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK35" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL35" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN35" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AO35" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AP35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU35" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV35" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW35" t="s" s="5">
         <v>53</v>
       </c>
@@ -6120,108 +6120,108 @@
       <c r="K36" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S36" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U36" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y36" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z36" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA36" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="AB36" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AB36" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AC36" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD36" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ36" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK36" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL36" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>53</v>
       </c>
@@ -6265,135 +6265,135 @@
       <c r="I37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q37" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S37" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U37" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z37" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA37" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC37" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD37" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ37" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK37" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL37" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS37" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV37" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW37" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>120</v>
       </c>
       <c r="C38" t="s" s="4">
         <v>121</v>
       </c>
       <c r="D38" t="s">
@@ -6414,135 +6414,135 @@
       <c r="I38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q38" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S38" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U38" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V38" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y38" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z38" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA38" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB38" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD38" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK38" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL38" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS38" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU38" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV38" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW38" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>122</v>
       </c>
       <c r="C39" t="s" s="4">
         <v>123</v>
       </c>
       <c r="D39" t="s">
@@ -6569,108 +6569,108 @@
       <c r="K39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="S39" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U39" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V39" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA39" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC39" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD39" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AG39" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AH39" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AI39" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ39" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK39" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL39" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS39" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT39" t="s" s="5">
         <v>53</v>
       </c>
@@ -6717,132 +6717,132 @@
       <c r="J40" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="R40" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S40" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U40" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V40" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y40" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Z40" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="Z40" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AA40" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC40" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD40" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI40" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK40" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL40" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN40" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO40" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR40" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS40" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AT40" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU40" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV40" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW40" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>125</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>9487Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Сержанта Волкова громадянину Кісільову О.А. (вільна земельна ділянка, учасник АТО)</t>
         </is>
@@ -6865,135 +6865,135 @@
       <c r="I41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q41" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S41" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U41" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V41" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA41" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC41" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD41" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI41" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AJ41" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK41" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL41" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN41" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO41" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS41" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV41" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW41" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>127</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>9488Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
         </is>
@@ -7016,135 +7016,135 @@
       <c r="I42" t="s" s="5">
         <v>62</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>62</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>62</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q42" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R42" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="S42" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="S42" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U42" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V42" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z42" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA42" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC42" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD42" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI42" t="s" s="5">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AK42" t="s" s="5">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="AL42" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN42" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO42" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR42" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS42" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW42" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>129</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>9489Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
         </is>
@@ -7167,135 +7167,135 @@
       <c r="I43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q43" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R43" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S43" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V43" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y43" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z43" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA43" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK43" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL43" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN43" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ43" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AR43" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS43" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV43" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW43" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>132</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>9490Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
         </is>
@@ -7318,135 +7318,135 @@
       <c r="I44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q44" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R44" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S44" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U44" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V44" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA44" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB44" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD44" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF44" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK44" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL44" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM44" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ44" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AR44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS44" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW44" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>133</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>9491Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
         </is>
@@ -7469,135 +7469,135 @@
       <c r="I45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q45" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R45" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S45" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U45" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V45" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z45" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA45" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB45" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC45" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF45" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ45" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK45" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL45" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM45" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ45" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AR45" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS45" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW45" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>134</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>9492Про скасування рішення Черкаської міської ради від 31.01.2019 № 2-3992 та передачу земельної ділянки у власність по вул. Мечникова, громадянину Павлєєву О.А. (вільна земельна ділянка, учасник АТО)</t>
         </is>
@@ -7623,132 +7623,132 @@
       <c r="J46" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N46" t="s" s="5">
         <v>62</v>
       </c>
       <c r="O46" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R46" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S46" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U46" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V46" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z46" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA46" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC46" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD46" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK46" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL46" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR46" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS46" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV46" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW46" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>136</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>9493Про розгляд питання щодо передачі земельної ділянки у власність по вул. Грузиненка, 7/1а громадянину Трюханю С.О. (вільна земельна ділянка)</t>
         </is>
@@ -7774,132 +7774,132 @@
       <c r="J47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>62</v>
       </c>
       <c r="O47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R47" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="S47" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="S47" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U47" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V47" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y47" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z47" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA47" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH47" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ47" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK47" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL47" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN47" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO47" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR47" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AS47" t="s" s="5">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW47" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>138</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>9494Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2</t>
         </is>
@@ -7925,132 +7925,132 @@
       <c r="J48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N48" t="s" s="5">
         <v>62</v>
       </c>
       <c r="O48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R48" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S48" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U48" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V48" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y48" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z48" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA48" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH48" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ48" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK48" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL48" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR48" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS48" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW48" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>139</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>9495Про передачу земельної ділянки у власність в межах існуючого домоволодіння по вул. Петра Прокоповича, 27/5 громадянці Круковській А.В.</t>
         </is>
@@ -8076,132 +8076,132 @@
       <c r="J49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R49" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="S49" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="S49" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U49" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V49" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y49" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="Z49" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="Z49" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AA49" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC49" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD49" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH49" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AI49" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AI49" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AJ49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK49" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL49" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN49" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO49" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR49" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AS49" t="s" s="5">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW49" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>141</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>9496Про розгляд питання щодо передачі громадянину Волинцю Г. Д. земельної ділянки в оренду по вул. Грузиненка, 25/4 (вільна земельна ділянка)</t>
         </is>
@@ -8227,132 +8227,132 @@
       <c r="J50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O50" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R50" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="S50" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="S50" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U50" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V50" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W50" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="X50" t="s" s="5">
         <v>71</v>
       </c>
-      <c r="X50" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Y50" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA50" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC50" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AD50" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AJ50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK50" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL50" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AQ50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AR50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS50" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AT50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW50" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>143</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>9497Про розгляд питання щодо оформлення прав на вільну земельну ділянку ФОП Дяченку І.М. (на виконання рішення суду по справі № 2а-7421/2011)</t>
         </is>
@@ -8378,132 +8378,132 @@
       <c r="J51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="M51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N51" t="s" s="5">
         <v>62</v>
       </c>
       <c r="O51" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R51" t="s" s="5">
+        <v>55</v>
+      </c>
+      <c r="S51" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="S51" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="T51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U51" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V51" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z51" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA51" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH51" t="s" s="5">
+        <v>54</v>
+      </c>
+      <c r="AI51" t="s" s="5">
         <v>62</v>
       </c>
-      <c r="AI51" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AJ51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AK51" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL51" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AP51" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AQ51" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS51" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW51" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>145</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>9498Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування на розі вул. Дахнівська та вул. Святителя - хірурга Луки (вільна</t>
         </is>
@@ -8529,132 +8529,132 @@
       <c r="J52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S52" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U52" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z52" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA52" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB52" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE52" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH52" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ52" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK52" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL52" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM52" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AN52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO52" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP52" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AQ52" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR52" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS52" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>147</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>9499Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування на розі вул. Дахнівська та вул. Святителя - хірурга Луки (вільна</t>
         </is>
@@ -8680,132 +8680,132 @@
       <c r="J53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R53" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S53" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U53" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z53" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA53" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AH53" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK53" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL53" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP53" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ53" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AS53" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AT53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW53" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>149</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>9500Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування по вул. Бидгощській, біля будинку № 5</t>
         </is>
@@ -8831,132 +8831,132 @@
       <c r="J54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="L54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R54" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S54" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U54" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z54" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA54" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE54" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF54" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG54" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AH54" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ54" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK54" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL54" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP54" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ54" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR54" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS54" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW54" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>150</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>9501Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування по проспекту Хіміків, біля будинку № 52</t>
         </is>
@@ -8982,132 +8982,132 @@
       <c r="J55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M55" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R55" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S55" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U55" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z55" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA55" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC55" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AD55" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE55" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF55" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG55" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AH55" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ55" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK55" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL55" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP55" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ55" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR55" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS55" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW55" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>151</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
           <t>9502Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування по вул. Хоменка, 24</t>
         </is>
@@ -9133,132 +9133,132 @@
       <c r="J56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R56" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S56" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U56" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z56" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA56" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE56" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF56" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG56" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK56" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL56" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP56" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ56" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR56" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS56" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT56" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW56" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>152</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
           <t>9503Про надання ПП «КАМЕЛОТ - Н» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Князя Ольгерда, 15</t>
         </is>
@@ -9284,132 +9284,132 @@
       <c r="J57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M57" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R57" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S57" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U57" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X57" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y57" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z57" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA57" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB57" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AC57" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AD57" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF57" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG57" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ57" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK57" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL57" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM57" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN57" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO57" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP57" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AQ57" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR57" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS57" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT57" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW57" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>153</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
           <t>9504Про надання ПП «КАМЕЛОТ - Н» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Князя Ольгерда, 15</t>
         </is>
@@ -9432,135 +9432,135 @@
       <c r="I58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q58" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R58" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="S58" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U58" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X58" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y58" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z58" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA58" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB58" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AC58" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AD58" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF58" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG58" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK58" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL58" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN58" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP58" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ58" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR58" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS58" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT58" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW58" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>154</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>9505Про відмову КП «ЧЕРКАСИВОДОКАНАЛ» у наданні земельної ділянки у постійне користування вул. Грибна та Онопрієнка (вільна земельна ділянка)</t>
         </is>
@@ -9586,132 +9586,132 @@
       <c r="J59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M59" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O59" t="s" s="5">
         <v>54</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R59" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S59" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U59" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z59" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA59" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB59" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AC59" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE59" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF59" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG59" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ59" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK59" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL59" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP59" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ59" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR59" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS59" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT59" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW59" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>156</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>9506Про надання ОСББ «ГЕРОЇВ ДНІПРА 69» дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра, 69</t>
         </is>
@@ -9737,132 +9737,132 @@
       <c r="J60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M60" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R60" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S60" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U60" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V60" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y60" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Z60" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA60" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB60" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AC60" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AD60" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AE60" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF60" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG60" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ60" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK60" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL60" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM60" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN60" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO60" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AP60" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ60" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR60" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS60" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT60" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW60" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>157</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
           <t>9507Про надання ОСББ «ГЕРОЇВ ДНІПРА 69» дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра, 69</t>
         </is>
@@ -9888,132 +9888,132 @@
       <c r="J61" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="N61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R61" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S61" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U61" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V61" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Z61" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA61" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB61" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AC61" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF61" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG61" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK61" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL61" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM61" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN61" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AO61" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AP61" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ61" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR61" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS61" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT61" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU61" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV61" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW61" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>158</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>9508Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Кавказькій, 141 громадянці Кутовій К.Ю. (існуюче домоволодіння)</t>
         </is>
@@ -10039,132 +10039,132 @@
       <c r="J62" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="O62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R62" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S62" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U62" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X62" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="Z62" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AA62" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB62" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AC62" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AD62" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AF62" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG62" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK62" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL62" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AM62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AN62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AO62" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AP62" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ62" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AR62" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS62" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT62" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU62" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV62" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW62" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>160</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>9510Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Кавказькій, 141 громадянці Кутовій К.Ю. (існуюче домоволодіння)</t>
         </is>
@@ -10190,132 +10190,132 @@
       <c r="J63" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R63" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S63" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U63" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V63" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W63" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X63" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y63" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z63" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA63" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB63" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AC63" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE63" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF63" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG63" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ63" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AK63" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AL63" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP63" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AQ63" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AR63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS63" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT63" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU63" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV63" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW63" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>161</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>9512Про надання ПП «КАМЕЛОТ - Н» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Князя Ольгерда, 15</t>
         </is>
@@ -10341,265 +10341,265 @@
       <c r="J64" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>55</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>55</v>
       </c>
       <c r="R64" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="S64" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>55</v>
       </c>
       <c r="U64" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="V64" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="W64" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="X64" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="Y64" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Z64" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AA64" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AB64" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AC64" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AE64" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AF64" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AG64" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AK64" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AL64" t="s" s="5">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AM64" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AN64" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AO64" t="s" s="5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="AP64" t="s" s="5">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="AQ64" t="s" s="5">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AR64" t="s" s="5">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AS64" t="s" s="5">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="AT64" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU64" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV64" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW64" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="65">
       <c r="A65"/>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
       <c r="I65" t="s">
         <v>162</v>
       </c>
       <c r="J65" t="s">
         <v>163</v>
       </c>
       <c r="K65" t="s">
         <v>78</v>
       </c>
       <c r="L65" t="s">
         <v>164</v>
       </c>
       <c r="M65" t="s">
         <v>165</v>
       </c>
       <c r="N65" t="s">
         <v>84</v>
       </c>
       <c r="O65" t="s">
         <v>166</v>
       </c>
       <c r="P65" t="s">
         <v>167</v>
       </c>
       <c r="Q65" t="s">
+        <v>76</v>
+      </c>
+      <c r="R65" t="s">
         <v>168</v>
       </c>
-      <c r="R65" t="s">
+      <c r="S65" t="s">
         <v>169</v>
       </c>
-      <c r="S65" t="s">
+      <c r="T65" t="s">
         <v>170</v>
       </c>
-      <c r="T65" t="s">
+      <c r="U65" t="s">
         <v>167</v>
       </c>
-      <c r="U65" t="s">
+      <c r="V65" t="s">
         <v>164</v>
       </c>
-      <c r="V65" t="s">
+      <c r="W65" t="s">
         <v>103</v>
       </c>
-      <c r="W65" t="s">
+      <c r="X65" t="s">
         <v>171</v>
       </c>
-      <c r="X65" t="s">
+      <c r="Y65" t="s">
         <v>146</v>
       </c>
-      <c r="Y65" t="s">
+      <c r="Z65" t="s">
         <v>162</v>
       </c>
-      <c r="Z65" t="s">
+      <c r="AA65" t="s">
         <v>167</v>
       </c>
-      <c r="AA65" t="s">
+      <c r="AB65" t="s">
         <v>103</v>
       </c>
-      <c r="AB65" t="s">
+      <c r="AC65" t="s">
         <v>172</v>
       </c>
-      <c r="AC65" t="s">
+      <c r="AD65" t="s">
         <v>60</v>
       </c>
-      <c r="AD65" t="s">
+      <c r="AE65" t="s">
         <v>172</v>
       </c>
-      <c r="AE65" t="s">
+      <c r="AF65" t="s">
         <v>168</v>
       </c>
-      <c r="AF65" t="s">
+      <c r="AG65" t="s">
         <v>86</v>
       </c>
-      <c r="AG65" t="s">
+      <c r="AH65" t="s">
         <v>162</v>
       </c>
-      <c r="AH65" t="s">
+      <c r="AI65" t="s">
         <v>173</v>
       </c>
-      <c r="AI65" t="s">
+      <c r="AJ65" t="s">
         <v>174</v>
       </c>
-      <c r="AJ65" t="s">
+      <c r="AK65" t="s">
         <v>103</v>
       </c>
-      <c r="AK65" t="s">
+      <c r="AL65" t="s">
         <v>167</v>
       </c>
-      <c r="AL65" t="s">
+      <c r="AM65" t="s">
         <v>175</v>
       </c>
-      <c r="AM65" t="s">
+      <c r="AN65" t="s">
         <v>176</v>
       </c>
-      <c r="AN65" t="s">
+      <c r="AO65" t="s">
         <v>173</v>
       </c>
-      <c r="AO65" t="s">
+      <c r="AP65" t="s">
         <v>162</v>
       </c>
-      <c r="AP65" t="s">
+      <c r="AQ65" t="s">
         <v>177</v>
       </c>
-      <c r="AQ65" t="s">
+      <c r="AR65" t="s">
         <v>178</v>
       </c>
-      <c r="AR65" t="s">
+      <c r="AS65" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="AT65" t="s">
         <v>173</v>
       </c>
       <c r="AU65" t="s">
         <v>58</v>
       </c>
       <c r="AV65" t="s">
         <v>167</v>
       </c>
       <c r="AW65" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="66">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66"/>
       <c r="I66" t="s">
         <v>51</v>
@@ -10622,72 +10622,72 @@
       <c r="O66" t="s">
         <v>51</v>
       </c>
       <c r="P66" t="s">
         <v>51</v>
       </c>
       <c r="Q66" t="s">
         <v>51</v>
       </c>
       <c r="R66" t="s">
         <v>51</v>
       </c>
       <c r="S66" t="s">
         <v>51</v>
       </c>
       <c r="T66" t="s">
         <v>51</v>
       </c>
       <c r="U66" t="s">
         <v>51</v>
       </c>
       <c r="V66" t="s">
         <v>51</v>
       </c>
       <c r="W66" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="X66" t="s">
         <v>69</v>
       </c>
       <c r="Y66" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="Z66" t="s">
         <v>51</v>
       </c>
       <c r="AA66" t="s">
         <v>51</v>
       </c>
       <c r="AB66" t="s">
         <v>51</v>
       </c>
       <c r="AC66" t="s">
+        <v>51</v>
+      </c>
+      <c r="AD66" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="AE66" t="s">
         <v>51</v>
       </c>
       <c r="AF66" t="s">
         <v>51</v>
       </c>
       <c r="AG66" t="s">
         <v>51</v>
       </c>
       <c r="AH66" t="s">
         <v>51</v>
       </c>
       <c r="AI66" t="s">
         <v>51</v>
       </c>
       <c r="AJ66" t="s">
         <v>51</v>
       </c>
       <c r="AK66" t="s">
         <v>51</v>
       </c>
       <c r="AL66" t="s">
         <v>51</v>
       </c>
@@ -10737,407 +10737,407 @@
       <c r="I67" t="s">
         <v>180</v>
       </c>
       <c r="J67" t="s">
         <v>181</v>
       </c>
       <c r="K67" t="s">
         <v>182</v>
       </c>
       <c r="L67" t="s">
         <v>181</v>
       </c>
       <c r="M67" t="s">
         <v>182</v>
       </c>
       <c r="N67" t="s">
         <v>183</v>
       </c>
       <c r="O67" t="s">
         <v>182</v>
       </c>
       <c r="P67" t="s">
         <v>182</v>
       </c>
       <c r="Q67" t="s">
+        <v>184</v>
+      </c>
+      <c r="R67" t="s">
         <v>182</v>
       </c>
-      <c r="R67" t="s">
+      <c r="S67" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="T67" t="s">
         <v>182</v>
       </c>
       <c r="U67" t="s">
+        <v>182</v>
+      </c>
+      <c r="V67" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="W67" t="s">
         <v>182</v>
       </c>
       <c r="X67" t="s">
+        <v>182</v>
+      </c>
+      <c r="Y67" t="s">
         <v>183</v>
       </c>
-      <c r="Y67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z67" t="s">
+        <v>185</v>
+      </c>
+      <c r="AA67" t="s">
         <v>182</v>
       </c>
-      <c r="AA67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB67" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="AC67" t="s">
         <v>182</v>
       </c>
       <c r="AD67" t="s">
         <v>182</v>
       </c>
       <c r="AE67" t="s">
         <v>182</v>
       </c>
       <c r="AF67" t="s">
         <v>182</v>
       </c>
       <c r="AG67" t="s">
         <v>182</v>
       </c>
       <c r="AH67" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="AI67" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="AJ67" t="s">
         <v>181</v>
       </c>
       <c r="AK67" t="s">
+        <v>181</v>
+      </c>
+      <c r="AL67" t="s">
         <v>182</v>
       </c>
-      <c r="AL67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AM67" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="AN67" t="s">
         <v>182</v>
       </c>
       <c r="AO67" t="s">
         <v>182</v>
       </c>
       <c r="AP67" t="s">
         <v>182</v>
       </c>
       <c r="AQ67" t="s">
         <v>182</v>
       </c>
       <c r="AR67" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="AS67" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="AT67" t="s">
         <v>182</v>
       </c>
       <c r="AU67" t="s">
         <v>182</v>
       </c>
       <c r="AV67" t="s">
         <v>182</v>
       </c>
       <c r="AW67" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="68">
       <c r="A68"/>
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
       <c r="I68" t="s">
         <v>188</v>
       </c>
       <c r="J68" t="s">
         <v>189</v>
       </c>
       <c r="K68" t="s">
         <v>190</v>
       </c>
       <c r="L68" t="s">
         <v>191</v>
       </c>
       <c r="M68" t="s">
         <v>192</v>
       </c>
       <c r="N68" t="s">
         <v>193</v>
       </c>
       <c r="O68" t="s">
         <v>194</v>
       </c>
       <c r="P68" t="s">
         <v>195</v>
       </c>
       <c r="Q68" t="s">
+        <v>196</v>
+      </c>
+      <c r="R68" t="s">
         <v>191</v>
       </c>
-      <c r="R68" t="s">
+      <c r="S68" t="s">
         <v>189</v>
       </c>
-      <c r="S68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T68" t="s">
+        <v>197</v>
+      </c>
+      <c r="U68" t="s">
         <v>195</v>
       </c>
-      <c r="U68" t="s">
+      <c r="V68" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="W68" t="s">
         <v>198</v>
       </c>
       <c r="X68" t="s">
         <v>199</v>
       </c>
       <c r="Y68" t="s">
         <v>200</v>
       </c>
       <c r="Z68" t="s">
+        <v>201</v>
+      </c>
+      <c r="AA68" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="AB68" t="s">
         <v>202</v>
       </c>
       <c r="AC68" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="AD68" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="AE68" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="AF68" t="s">
         <v>204</v>
       </c>
       <c r="AG68" t="s">
         <v>205</v>
       </c>
       <c r="AH68" t="s">
+        <v>206</v>
+      </c>
+      <c r="AI68" t="s">
         <v>188</v>
       </c>
-      <c r="AI68" t="s">
+      <c r="AJ68" t="s">
         <v>193</v>
       </c>
-      <c r="AJ68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AK68" t="s">
+        <v>207</v>
+      </c>
+      <c r="AL68" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="AM68" t="s">
         <v>208</v>
       </c>
       <c r="AN68" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="AO68" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="AP68" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="AQ68" t="s">
         <v>210</v>
       </c>
       <c r="AR68" t="s">
+        <v>211</v>
+      </c>
+      <c r="AS68" t="s">
         <v>188</v>
       </c>
-      <c r="AS68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AT68" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="AU68" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="AV68" t="s">
         <v>195</v>
       </c>
       <c r="AW68" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="69">
       <c r="A69"/>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69"/>
       <c r="I69" t="s">
         <v>212</v>
       </c>
       <c r="J69" t="s">
         <v>213</v>
       </c>
       <c r="K69" t="s">
         <v>212</v>
       </c>
       <c r="L69" t="s">
         <v>212</v>
       </c>
       <c r="M69" t="s">
         <v>212</v>
       </c>
       <c r="N69" t="s">
         <v>214</v>
       </c>
       <c r="O69" t="s">
         <v>212</v>
       </c>
       <c r="P69" t="s">
         <v>215</v>
       </c>
       <c r="Q69" t="s">
         <v>216</v>
       </c>
       <c r="R69" t="s">
+        <v>217</v>
+      </c>
+      <c r="S69" t="s">
         <v>212</v>
       </c>
-      <c r="S69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T69" t="s">
+        <v>218</v>
+      </c>
+      <c r="U69" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="V69" t="s">
         <v>212</v>
       </c>
       <c r="W69" t="s">
         <v>212</v>
       </c>
       <c r="X69" t="s">
         <v>212</v>
       </c>
       <c r="Y69" t="s">
         <v>212</v>
       </c>
       <c r="Z69" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA69" t="s">
         <v>215</v>
       </c>
-      <c r="AA69" t="s">
+      <c r="AB69" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="AC69" t="s">
         <v>219</v>
       </c>
       <c r="AD69" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="AE69" t="s">
         <v>212</v>
       </c>
       <c r="AF69" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="AG69" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="AH69" t="s">
         <v>212</v>
       </c>
       <c r="AI69" t="s">
         <v>212</v>
       </c>
       <c r="AJ69" t="s">
         <v>212</v>
       </c>
       <c r="AK69" t="s">
+        <v>212</v>
+      </c>
+      <c r="AL69" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="AM69" t="s">
         <v>212</v>
       </c>
       <c r="AN69" t="s">
         <v>212</v>
       </c>
       <c r="AO69" t="s">
         <v>212</v>
       </c>
       <c r="AP69" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="AQ69" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="AR69" t="s">
         <v>212</v>
       </c>
       <c r="AS69" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="AT69" t="s">
         <v>212</v>
       </c>
       <c r="AU69" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="AV69" t="s">
         <v>215</v>
       </c>
       <c r="AW69" t="s">
         <v>212</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">