--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -1249,51 +1249,51 @@
       <c r="AS3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW3" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>59</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>9431Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>9431Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>48</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4" t="s">
         <v>60</v>
       </c>
       <c r="G4" t="s">
         <v>51</v>
       </c>
       <c r="H4" t="s">
         <v>61</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>62</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>53</v>
@@ -1551,51 +1551,51 @@
       <c r="AS5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>67</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>9433Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської</t>
+          <t>9433Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської територіальної громади на 2023-2026 роки»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6" t="s">
         <v>68</v>
       </c>
       <c r="G6" t="s">
         <v>69</v>
       </c>
       <c r="H6" t="s">
         <v>70</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>54</v>
@@ -1853,51 +1853,51 @@
       <c r="AS7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV7" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW7" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>9435Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>9435Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>48</v>
       </c>
       <c r="E8" t="s">
         <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>76</v>
       </c>
       <c r="G8" t="s">
         <v>51</v>
       </c>
       <c r="H8" t="s">
         <v>66</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>54</v>
@@ -2004,51 +2004,51 @@
       <c r="AS8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW8" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>9439Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>9439Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9" t="s">
         <v>78</v>
       </c>
       <c r="G9" t="s">
         <v>51</v>
       </c>
       <c r="H9" t="s">
         <v>61</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>54</v>
@@ -2608,51 +2608,51 @@
       <c r="AS12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW12" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>9455Про передачу у власність  Черкаської міської територіальної громади та у господарське відання, баланс КПТМ «Черкаситеплокомуненерго» теплової мережі до житлового будинку по вул. Небесної</t>
+          <t>9455Про передачу у власність  Черкаської міської територіальної громади та у господарське відання, баланс КПТМ «Черкаситеплокомуненерго» теплової мережі до житлового будинку по вул. Небесної Сотні, 38</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13" t="s">
         <v>86</v>
       </c>
       <c r="G13" t="s">
         <v>51</v>
       </c>
       <c r="H13" t="s">
         <v>52</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>54</v>
@@ -3361,51 +3361,51 @@
       <c r="AS17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV17" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW17" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>9462Про реорганізацію Черкаського навчально-виховного об`єднання «Дошкільний навчальний заклад - загальноосвітня школа І-ІІ ступенів №36» ім. Героїв-прикордонників Черкаської міської ради</t>
+          <t>9462Про реорганізацію Черкаського навчально-виховного об`єднання «Дошкільний навчальний заклад - загальноосвітня школа І-ІІ ступенів №36» ім. Героїв-прикордонників Черкаської міської ради Черкаської області</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>78</v>
       </c>
       <c r="G18" t="s">
         <v>51</v>
       </c>
       <c r="H18" t="s">
         <v>52</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>54</v>
@@ -5469,51 +5469,51 @@
       <c r="AS31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV31" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW31" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>113</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>9477Про внесення змін до рішення Черкаської міської ради від 28.03.2024р. №55-54 «Про надання комунальному підприємству «Екологія» Черкаської міської ради дозволу на закупівлю послуг фінансового</t>
+          <t>9477Про внесення змін до рішення Черкаської міської ради від 28.03.2024р. №55-54 «Про надання комунальному підприємству «Екологія» Черкаської міської ради дозволу на закупівлю послуг фінансового лізингу (або кредитування)</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>48</v>
       </c>
       <c r="E32" t="s">
         <v>49</v>
       </c>
       <c r="F32" t="s">
         <v>78</v>
       </c>
       <c r="G32" t="s">
         <v>51</v>
       </c>
       <c r="H32" t="s">
         <v>61</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>53</v>
@@ -5620,51 +5620,51 @@
       <c r="AS32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW32" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>114</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>9478Про внесення змін до рішення Черкаської міської ради від 28.03.2024 р. №55-55 «Про надання комунальному підприємству «Черкаське експлуатаційне лінійне управління автомобільних шляхів»</t>
+          <t>9478Про внесення змін до рішення Черкаської міської ради від 28.03.2024 р. №55-55 «Про надання комунальному підприємству «Черкаське експлуатаційне лінійне управління автомобільних шляхів» Черкаської міської ради дозволу на закупівлю послуг фінансового лізингу (або кредитування)</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>48</v>
       </c>
       <c r="E33" t="s">
         <v>49</v>
       </c>
       <c r="F33" t="s">
         <v>50</v>
       </c>
       <c r="G33" t="s">
         <v>51</v>
       </c>
       <c r="H33" t="s">
         <v>61</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>53</v>
@@ -6222,51 +6222,51 @@
       <c r="AS36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV36" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW36" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>119</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>9482Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м.</t>
+          <t>9482Про внесення змін до рішення міської ради від 22.12.2022 №34-31 «Про затвердження міської цільової програми сприяння співвласникам багатоквартирних будинків в підготовці житлового фонду м. Черкас до опалювального сезону в умовах воєнного стану на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>48</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37" t="s">
         <v>50</v>
       </c>
       <c r="G37" t="s">
         <v>51</v>
       </c>
       <c r="H37" t="s">
         <v>52</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>53</v>
@@ -6973,51 +6973,51 @@
       <c r="AS41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT41" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV41" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW41" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>127</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>9488Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>9488Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>48</v>
       </c>
       <c r="E42" t="s">
         <v>64</v>
       </c>
       <c r="F42" t="s">
         <v>107</v>
       </c>
       <c r="G42" t="s">
         <v>51</v>
       </c>
       <c r="H42" t="s">
         <v>128</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>62</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>54</v>
@@ -7124,51 +7124,51 @@
       <c r="AS42" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW42" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>129</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>9489Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>9489Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>130</v>
       </c>
       <c r="E43" t="s">
         <v>64</v>
       </c>
       <c r="F43" t="s">
         <v>131</v>
       </c>
       <c r="G43" t="s">
         <v>51</v>
       </c>
       <c r="H43" t="s">
         <v>52</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>54</v>
@@ -7275,51 +7275,51 @@
       <c r="AS43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT43" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU43" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV43" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW43" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>132</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>9490Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
+          <t>9490Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>48</v>
       </c>
       <c r="E44" t="s">
         <v>64</v>
       </c>
       <c r="F44" t="s">
         <v>91</v>
       </c>
       <c r="G44" t="s">
         <v>51</v>
       </c>
       <c r="H44" t="s">
         <v>52</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>53</v>
@@ -7426,51 +7426,51 @@
       <c r="AS44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV44" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW44" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>133</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>9491Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
+          <t>9491Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>48</v>
       </c>
       <c r="E45" t="s">
         <v>64</v>
       </c>
       <c r="F45" t="s">
         <v>65</v>
       </c>
       <c r="G45" t="s">
         <v>51</v>
       </c>
       <c r="H45" t="s">
         <v>52</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>53</v>
@@ -7879,51 +7879,51 @@
       <c r="AS47" t="s" s="5">
         <v>62</v>
       </c>
       <c r="AT47" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW47" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>138</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>9494Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2</t>
+          <t>9494Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2 групи)</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>48</v>
       </c>
       <c r="E48" t="s">
         <v>64</v>
       </c>
       <c r="F48" t="s">
         <v>126</v>
       </c>
       <c r="G48" t="s">
         <v>51</v>
       </c>
       <c r="H48" t="s">
         <v>61</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>54</v>
@@ -8483,51 +8483,51 @@
       <c r="AS51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW51" t="s" s="5">
         <v>62</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>145</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>9498Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування на розі вул. Дахнівська та вул. Святителя - хірурга Луки (вільна</t>
+          <t>9498Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування на розі вул. Дахнівська та вул. Святителя - хірурга Луки (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>64</v>
       </c>
       <c r="F52" t="s">
         <v>146</v>
       </c>
       <c r="G52" t="s">
         <v>51</v>
       </c>
       <c r="H52" t="s">
         <v>52</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>53</v>
@@ -8634,51 +8634,51 @@
       <c r="AS52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT52" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW52" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>147</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>9499Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування на розі вул. Дахнівська та вул. Святителя - хірурга Луки (вільна</t>
+          <t>9499Про надання КОМУНАЛЬНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСИВОДОКАНАЛ» ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ земельної ділянки у постійне користування на розі вул. Дахнівська та вул. Святителя - хірурга Луки (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>48</v>
       </c>
       <c r="E53" t="s">
         <v>49</v>
       </c>
       <c r="F53" t="s">
         <v>148</v>
       </c>
       <c r="G53" t="s">
         <v>51</v>
       </c>
       <c r="H53" t="s">
         <v>52</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>53</v>