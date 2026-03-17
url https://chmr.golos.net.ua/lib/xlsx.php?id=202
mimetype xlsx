--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1431,51 +1431,51 @@
       <c r="AS4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>9118Про внесення змін до рішення Черкаської міської ради від 26.01.2023 № 35-22 «Про затвердження Програми молодіжного житлового кредитування у м.Черкаси на 2023-2027 роки та Положення про порядок</t>
+          <t>9118Про внесення змін до рішення Черкаської міської ради від 26.01.2023 № 35-22 «Про затвердження Програми молодіжного житлового кредитування у м.Черкаси на 2023-2027 роки та Положення про порядок надання пільгового довготермінового кредиту молодим сім’ям, одиноким молодим громадянам на будівництво (реконструкцію), придбання житла за рахунок бюджету Черкаської міської територіальної громади»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>48</v>
       </c>
       <c r="F5" t="s">
         <v>49</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>51</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>52</v>
@@ -1733,51 +1733,51 @@
       <c r="AS6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>9120Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської</t>
+          <t>9120Про внесення змін до рішення Черкаської міської ради від 22.12.2022 № 34-30 «Про затвердження Програми реалізації заходів цивільного захисту населення та території Черкаської міської територіальної громади на 2023-2026 роки»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>48</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>50</v>
       </c>
       <c r="H7" t="s">
         <v>51</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>52</v>
@@ -1884,51 +1884,51 @@
       <c r="AS7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW7" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
-          <t>9121Про внесення змін до міської програми організації і сприяння приписці громадян до призовних дільниць, їх призову на військову службу та здійснення заходів, пов’язаних з мобілізацією у</t>
+          <t>9121Про внесення змін до міської програми організації і сприяння приписці громадян до призовних дільниць, їх призову на військову службу та здійснення заходів, пов’язаних з мобілізацією у 2022-2024 роках затвердженої рішенням Черкаської міської ради від 23.12.2021 № 16-1, зі змінами від 01.12.2022 № 33-22</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>47</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>52</v>
@@ -2035,51 +2035,51 @@
       <c r="AS8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW8" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>9122Про внесення змін та доповнень до рішення Черкаської міської ради від 22.12.2023 № 51-10 «Про затвердження Програми розвитку земельних відносин та використання і охорони земель в м. Черкаси на</t>
+          <t>9122Про внесення змін та доповнень до рішення Черкаської міської ради від 22.12.2023 № 51-10 «Про затвердження Програми розвитку земельних відносин та використання і охорони земель в м. Черкаси на 2024-2028 роки»</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>47</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="F9" t="s">
         <v>49</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>52</v>
@@ -2186,51 +2186,51 @@
       <c r="AS9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT9" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV9" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW9" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
-          <t>9123Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026</t>
+          <t>9123Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-2 «Про затвердження міської Програми управління об’єктами власності Черкаської міської територіальної громади на 2022-2026 роки»</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>47</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="F10" t="s">
         <v>49</v>
       </c>
       <c r="G10" t="s">
         <v>50</v>
       </c>
       <c r="H10" t="s">
         <v>51</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>52</v>
@@ -2337,51 +2337,51 @@
       <c r="AS10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT10" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV10" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW10" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
-          <t>9124Про внесення змін до рішення Черкаської міської ради від 20.06.2013 №3-1717 «Про передачу з балансу департаменту управління справами Черкаської міської ради нежитлових приміщень по вул.</t>
+          <t>9124Про внесення змін до рішення Черкаської міської ради від 20.06.2013 №3-1717 «Про передачу з балансу департаменту управління справами Черкаської міської ради нежитлових приміщень по вул. Благовісній, 170»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
       <c r="H11" t="s">
         <v>51</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>52</v>
@@ -2488,51 +2488,51 @@
       <c r="AS11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT11" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV11" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW11" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>46</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>9125Про внесення доповнення до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської комунальної власності та уповноважених органів, яким вони передаються в</t>
+          <t>9125Про внесення доповнення до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління» </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12" t="s">
         <v>49</v>
       </c>
       <c r="G12" t="s">
         <v>50</v>
       </c>
       <c r="H12" t="s">
         <v>51</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>52</v>
@@ -2639,51 +2639,51 @@
       <c r="AS12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW12" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>46</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>9126Про внесення змін до рішення Черкаської міської ради від 12.06.2018 №2-3408 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської комунальної</t>
+          <t>9126Про внесення змін до рішення Черкаської міської ради від 12.06.2018 №2-3408 «Про внесення змін до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>47</v>
       </c>
       <c r="E13" t="s">
         <v>48</v>
       </c>
       <c r="F13" t="s">
         <v>49</v>
       </c>
       <c r="G13" t="s">
         <v>50</v>
       </c>
       <c r="H13" t="s">
         <v>51</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>52</v>
@@ -2790,51 +2790,51 @@
       <c r="AS13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW13" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>9127Про внесення змін до рішення Черкаської міської ради від 02.03.2023 №38-6 «Про згоду щодо безоплатної передачі у власність Черкаської міської територіальної громади захисних споруд цивільного</t>
+          <t>9127Про внесення змін до рішення Черкаської міської ради від 02.03.2023 №38-6 «Про згоду щодо безоплатної передачі у власність Черкаської міської територіальної громади захисних споруд цивільного захисту»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>48</v>
       </c>
       <c r="F14" t="s">
         <v>49</v>
       </c>
       <c r="G14" t="s">
         <v>50</v>
       </c>
       <c r="H14" t="s">
         <v>51</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>52</v>
@@ -3092,51 +3092,51 @@
       <c r="AS15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW15" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>9129Про внесення доповнення до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської комунальної власності та уповноважених органів, яким вони передаються в</t>
+          <t>9129Про внесення доповнення до рішення Черкаської міської ради від 26.06.2003 №5-531 «Про перелік об’єктів  права міської комунальної власності та уповноважених органів, яким вони передаються в оперативне управління»     </t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>49</v>
       </c>
       <c r="G16" t="s">
         <v>50</v>
       </c>
       <c r="H16" t="s">
         <v>51</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>52</v>
@@ -3545,51 +3545,51 @@
       <c r="AS18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV18" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW18" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>46</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>9132Про реорганізацію юридичної особи комунального некомерційного підприємства “Черкаська міська консультативно-діагностична  поліклініка” шляхом приєднання до комунального</t>
+          <t>9132Про реорганізацію юридичної особи комунального некомерційного підприємства “Черкаська міська консультативно-діагностична  поліклініка” шляхом приєднання до комунального некомерційного підприємства “Перша Черкаська міська лікарня”</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19" t="s">
         <v>51</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>52</v>
@@ -3998,51 +3998,51 @@
       <c r="AS21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT21" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV21" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW21" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>9135Про внесення змін до рішення Черкаської міської ради від 09.06.2022 № 25-9 «Про утворення департаменту «Центр надання адміністративних послуг» Черкаської міської ради, відділу з питань роботи</t>
+          <t>9135Про внесення змін до рішення Черкаської міської ради від 09.06.2022 № 25-9 «Про утворення департаменту «Центр надання адміністративних послуг» Черкаської міської ради, відділу з питань роботи виконкому Черкаської міської ради, припинення управління з питань державної реєстрації Черкаської міської ради та внесення змін до рішень Черкаської міської ради»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>47</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>49</v>
       </c>
       <c r="G22" t="s">
         <v>50</v>
       </c>
       <c r="H22" t="s">
         <v>51</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>52</v>
@@ -4300,51 +4300,51 @@
       <c r="AS23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>46</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>9137Про втрату чинності рішення Черкаської міської ради від 15.06.2021 № 6-4 «Про порядок використання коштів бюджету Черкаської міської територіальної громади для надання фінансової підтримки</t>
+          <t>9137Про втрату чинності рішення Черкаської міської ради від 15.06.2021 № 6-4 «Про порядок використання коштів бюджету Черкаської міської територіальної громади для надання фінансової підтримки громадським організаціям ветеранів війни, та при залученні надавачів соціальних послуг недержавного сектору до надання базових соціальних послуг»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24" t="s">
         <v>48</v>
       </c>
       <c r="F24" t="s">
         <v>49</v>
       </c>
       <c r="G24" t="s">
         <v>50</v>
       </c>
       <c r="H24" t="s">
         <v>51</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>52</v>
@@ -4451,51 +4451,51 @@
       <c r="AS24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV24" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW24" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>46</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>9138Про затвердження заключного звіту про виконання міської програми соціального захисту окремих категорій громадян – мешканців м. Черкаси, які мають право на пільги відповідно до</t>
+          <t>9138Про затвердження заключного звіту про виконання міської програми соціального захисту окремих категорій громадян – мешканців м. Черкаси, які мають право на пільги відповідно до законодавства</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>47</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>49</v>
       </c>
       <c r="G25" t="s">
         <v>50</v>
       </c>
       <c r="H25" t="s">
         <v>51</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>52</v>
@@ -4753,51 +4753,51 @@
       <c r="AS26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV26" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW26" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>46</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>9140Про внесення змін до рішення Черкаської міської ради від 22.12.2023 № 51-20 «Про визначення Черкаського міського центру соціальних служб закладом тимчасового розміщення внутрішньо переміщених</t>
+          <t>9140Про внесення змін до рішення Черкаської міської ради від 22.12.2023 № 51-20 «Про визначення Черкаського міського центру соціальних служб закладом тимчасового розміщення внутрішньо переміщених осіб»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>47</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27" t="s">
         <v>49</v>
       </c>
       <c r="G27" t="s">
         <v>50</v>
       </c>
       <c r="H27" t="s">
         <v>51</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>52</v>
@@ -6257,51 +6257,51 @@
       <c r="AS36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT36" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV36" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW36" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>46</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>9150Про скасування рішення Черкаської міської ради  від 18.06.2009 № 4-1284 ,,Про утворення комісії з питань забезпечення реалізації житлових прав мешканців гуртожитків та затвердження Положення про</t>
+          <t>9150Про скасування рішення Черкаської міської ради  від 18.06.2009 № 4-1284 ,,Про утворення комісії з питань забезпечення реалізації житлових прав мешканців гуртожитків та затвердження Положення про неї”</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>47</v>
       </c>
       <c r="E37" t="s">
         <v>48</v>
       </c>
       <c r="F37" t="s">
         <v>49</v>
       </c>
       <c r="G37" t="s">
         <v>50</v>
       </c>
       <c r="H37" t="s">
         <v>51</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>52</v>
@@ -12748,51 +12748,51 @@
       <c r="AS79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV79" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW79" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>60</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
-          <t>9195Про передачу земельних ділянок у власність та в оренду в межах існуючого домоволодіння по вул. Петра Дорошенка, 53/4 громадянам Мірошник Л.П., Мірошнику В.М., Кішмір З.М., Мірошнику О.М., Доліч В.М.,</t>
+          <t>9195Про передачу земельних ділянок у власність та в оренду в межах існуючого домоволодіння по вул. Петра Дорошенка, 53/4 громадянам Мірошник Л.П., Мірошнику В.М., Кішмір З.М., Мірошнику О.М., Доліч В.М., Лапшову М.В.</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>47</v>
       </c>
       <c r="E80" t="s">
         <v>48</v>
       </c>
       <c r="F80" t="s">
         <v>61</v>
       </c>
       <c r="G80" t="s">
         <v>50</v>
       </c>
       <c r="H80" t="s">
         <v>62</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J80" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K80" t="s" s="5">
         <v>53</v>
@@ -17576,51 +17576,51 @@
       <c r="AS111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV111" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW111" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>60</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
-          <t>9227Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по проспекту Перемоги (біля будівлі № 25),</t>
+          <t>9227Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по проспекту Перемоги (біля будівлі № 25), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>47</v>
       </c>
       <c r="E112" t="s">
         <v>48</v>
       </c>
       <c r="F112" t="s">
         <v>61</v>
       </c>
       <c r="G112" t="s">
         <v>50</v>
       </c>
       <c r="H112" t="s">
         <v>62</v>
       </c>
       <c r="I112" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K112" t="s" s="5">
         <v>53</v>
@@ -17727,51 +17727,51 @@
       <c r="AS112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV112" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW112" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>60</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
-          <t>9228Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Мечникова (біля домоволодіння по</t>
+          <t>9228Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Мечникова (біля домоволодіння по вул. Мечникова, 6/11), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>47</v>
       </c>
       <c r="E113" t="s">
         <v>48</v>
       </c>
       <c r="F113" t="s">
         <v>61</v>
       </c>
       <c r="G113" t="s">
         <v>50</v>
       </c>
       <c r="H113" t="s">
         <v>62</v>
       </c>
       <c r="I113" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K113" t="s" s="5">
         <v>53</v>
@@ -17878,51 +17878,51 @@
       <c r="AS113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV113" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW113" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>60</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
-          <t>9229Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Володимира Великого (біля будівлі</t>
+          <t>9229Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Володимира Великого (біля будівлі № 118), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>47</v>
       </c>
       <c r="E114" t="s">
         <v>48</v>
       </c>
       <c r="F114" t="s">
         <v>61</v>
       </c>
       <c r="G114" t="s">
         <v>50</v>
       </c>
       <c r="H114" t="s">
         <v>62</v>
       </c>
       <c r="I114" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K114" t="s" s="5">
         <v>53</v>
@@ -18029,51 +18029,51 @@
       <c r="AS114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV114" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW114" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>60</v>
       </c>
       <c r="C115" t="inlineStr" s="4">
         <is>
-          <t>9230Про продаж громадянам Казміруку Володимиру Івановичу, Казмірук Зої Петрівні, Казмірук Оксані Володимирівні та Пахольчук Наталії Володимирівні земельної ділянки по вул. Святителя-хірурга</t>
+          <t>9230Про продаж громадянам Казміруку Володимиру Івановичу, Казмірук Зої Петрівні, Казмірук Оксані Володимирівні та Пахольчук Наталії Володимирівні земельної ділянки по вул. Святителя-хірурга Луки, 8а/1</t>
         </is>
       </c>
       <c r="D115" t="s">
         <v>47</v>
       </c>
       <c r="E115" t="s">
         <v>48</v>
       </c>
       <c r="F115" t="s">
         <v>61</v>
       </c>
       <c r="G115" t="s">
         <v>50</v>
       </c>
       <c r="H115" t="s">
         <v>62</v>
       </c>
       <c r="I115" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K115" t="s" s="5">
         <v>53</v>
@@ -18180,51 +18180,51 @@
       <c r="AS115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV115" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW115" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
         <v>60</v>
       </c>
       <c r="C116" t="inlineStr" s="4">
         <is>
-          <t>9231Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул.</t>
+          <t>9231Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул. Одеська, 33), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D116" t="s">
         <v>47</v>
       </c>
       <c r="E116" t="s">
         <v>48</v>
       </c>
       <c r="F116" t="s">
         <v>61</v>
       </c>
       <c r="G116" t="s">
         <v>50</v>
       </c>
       <c r="H116" t="s">
         <v>62</v>
       </c>
       <c r="I116" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K116" t="s" s="5">
         <v>53</v>
@@ -18331,51 +18331,51 @@
       <c r="AS116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV116" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW116" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>60</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>9232Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул.</t>
+          <t>9232Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул. Одеська, 37), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>47</v>
       </c>
       <c r="E117" t="s">
         <v>48</v>
       </c>
       <c r="F117" t="s">
         <v>61</v>
       </c>
       <c r="G117" t="s">
         <v>50</v>
       </c>
       <c r="H117" t="s">
         <v>62</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>53</v>
@@ -18482,51 +18482,51 @@
       <c r="AS117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV117" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW117" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>60</v>
       </c>
       <c r="C118" t="inlineStr" s="4">
         <is>
-          <t>9233Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул.</t>
+          <t>9233Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул. Одеська, 39), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D118" t="s">
         <v>47</v>
       </c>
       <c r="E118" t="s">
         <v>48</v>
       </c>
       <c r="F118" t="s">
         <v>61</v>
       </c>
       <c r="G118" t="s">
         <v>50</v>
       </c>
       <c r="H118" t="s">
         <v>62</v>
       </c>
       <c r="I118" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K118" t="s" s="5">
         <v>53</v>
@@ -18633,51 +18633,51 @@
       <c r="AS118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV118" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW118" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
         <v>60</v>
       </c>
       <c r="C119" t="inlineStr" s="4">
         <is>
-          <t>9234Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул.</t>
+          <t>9234Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул. Одеська, 41), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D119" t="s">
         <v>47</v>
       </c>
       <c r="E119" t="s">
         <v>48</v>
       </c>
       <c r="F119" t="s">
         <v>61</v>
       </c>
       <c r="G119" t="s">
         <v>50</v>
       </c>
       <c r="H119" t="s">
         <v>62</v>
       </c>
       <c r="I119" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K119" t="s" s="5">
         <v>53</v>
@@ -18784,51 +18784,51 @@
       <c r="AS119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV119" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW119" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>60</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>9235Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул.</t>
+          <t>9235Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Одеській (перспективна адреса вул. Одеська, 43), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>47</v>
       </c>
       <c r="E120" t="s">
         <v>48</v>
       </c>
       <c r="F120" t="s">
         <v>61</v>
       </c>
       <c r="G120" t="s">
         <v>50</v>
       </c>
       <c r="H120" t="s">
         <v>62</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>53</v>
@@ -18935,51 +18935,51 @@
       <c r="AS120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV120" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW120" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>60</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>9236Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по проспекту Хіміків (ліворуч від будівлі</t>
+          <t>9236Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по проспекту Хіміків (ліворуч від будівлі № 74/1), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>47</v>
       </c>
       <c r="E121" t="s">
         <v>48</v>
       </c>
       <c r="F121" t="s">
         <v>61</v>
       </c>
       <c r="G121" t="s">
         <v>50</v>
       </c>
       <c r="H121" t="s">
         <v>62</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>53</v>
@@ -19086,51 +19086,51 @@
       <c r="AS121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV121" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW121" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
         <v>60</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>9237Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по проспекту Хіміків (праворуч від</t>
+          <t>9237Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по проспекту Хіміків (праворуч від будівлі № 74/1), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>47</v>
       </c>
       <c r="E122" t="s">
         <v>48</v>
       </c>
       <c r="F122" t="s">
         <v>61</v>
       </c>
       <c r="G122" t="s">
         <v>50</v>
       </c>
       <c r="H122" t="s">
         <v>62</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>53</v>
@@ -19237,51 +19237,51 @@
       <c r="AS122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV122" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW122" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>60</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>9238Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Оборонній (біля будівлі № 16),</t>
+          <t>9238Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Оборонній (біля будівлі № 16), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>47</v>
       </c>
       <c r="E123" t="s">
         <v>48</v>
       </c>
       <c r="F123" t="s">
         <v>61</v>
       </c>
       <c r="G123" t="s">
         <v>50</v>
       </c>
       <c r="H123" t="s">
         <v>62</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>53</v>
@@ -19539,51 +19539,51 @@
       <c r="AS124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV124" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW124" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>60</v>
       </c>
       <c r="C125" t="inlineStr" s="4">
         <is>
-          <t>9240Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Бігучій (перспективний № 36),</t>
+          <t>9240Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Бігучій (перспективний № 36), надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D125" t="s">
         <v>47</v>
       </c>
       <c r="E125" t="s">
         <v>48</v>
       </c>
       <c r="F125" t="s">
         <v>61</v>
       </c>
       <c r="G125" t="s">
         <v>50</v>
       </c>
       <c r="H125" t="s">
         <v>62</v>
       </c>
       <c r="I125" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J125" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K125" t="s" s="5">
         <v>53</v>
@@ -21502,51 +21502,51 @@
       <c r="AS137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV137" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW137" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>65</v>
       </c>
       <c r="C138" t="inlineStr" s="4">
         <is>
-          <t>9253Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Антона Моспана та надання дозволу на</t>
+          <t>9253Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Антона Моспана та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D138" t="s">
         <v>47</v>
       </c>
       <c r="E138" t="s">
         <v>48</v>
       </c>
       <c r="F138" t="s">
         <v>61</v>
       </c>
       <c r="G138" t="s">
         <v>50</v>
       </c>
       <c r="H138" t="s">
         <v>62</v>
       </c>
       <c r="I138" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K138" t="s" s="5">
         <v>53</v>
@@ -21653,51 +21653,51 @@
       <c r="AS138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV138" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW138" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>65</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>9254Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській та надання дозволу на</t>
+          <t>9254Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Смілянській та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>47</v>
       </c>
       <c r="E139" t="s">
         <v>48</v>
       </c>
       <c r="F139" t="s">
         <v>61</v>
       </c>
       <c r="G139" t="s">
         <v>50</v>
       </c>
       <c r="H139" t="s">
         <v>62</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>53</v>
@@ -21804,51 +21804,51 @@
       <c r="AS139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV139" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW139" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>65</v>
       </c>
       <c r="C140" t="inlineStr" s="4">
         <is>
-          <t>9255Про продаж на земельних торгах права оренди земельної ділянки в районі вул. Григорія Сковороди, вул. Десантників та вул. Автомобілістів (перспективна адреса вул. Григорія Сковороди, 31) та</t>
+          <t>9255Про продаж на земельних торгах права оренди земельної ділянки в районі вул. Григорія Сковороди, вул. Десантників та вул. Автомобілістів (перспективна адреса вул. Григорія Сковороди, 31) та затвердження умов земельних торгів</t>
         </is>
       </c>
       <c r="D140" t="s">
         <v>47</v>
       </c>
       <c r="E140" t="s">
         <v>48</v>
       </c>
       <c r="F140" t="s">
         <v>61</v>
       </c>
       <c r="G140" t="s">
         <v>50</v>
       </c>
       <c r="H140" t="s">
         <v>62</v>
       </c>
       <c r="I140" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J140" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K140" t="s" s="5">
         <v>53</v>
@@ -22257,51 +22257,51 @@
       <c r="AS142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV142" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW142" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>65</v>
       </c>
       <c r="C143" t="inlineStr" s="4">
         <is>
-          <t>9258Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Хоменка (біля будівлі № 19) та надання</t>
+          <t>9258Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Хоменка (біля будівлі № 19) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D143" t="s">
         <v>47</v>
       </c>
       <c r="E143" t="s">
         <v>48</v>
       </c>
       <c r="F143" t="s">
         <v>61</v>
       </c>
       <c r="G143" t="s">
         <v>50</v>
       </c>
       <c r="H143" t="s">
         <v>62</v>
       </c>
       <c r="I143" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K143" t="s" s="5">
         <v>53</v>
@@ -22408,51 +22408,51 @@
       <c r="AS143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV143" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW143" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>65</v>
       </c>
       <c r="C144" t="inlineStr" s="4">
         <is>
-          <t>9259Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Чигиринській</t>
+          <t>9259Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Чигиринській (перспективний № 68/2), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D144" t="s">
         <v>47</v>
       </c>
       <c r="E144" t="s">
         <v>48</v>
       </c>
       <c r="F144" t="s">
         <v>61</v>
       </c>
       <c r="G144" t="s">
         <v>50</v>
       </c>
       <c r="H144" t="s">
         <v>62</v>
       </c>
       <c r="I144" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K144" t="s" s="5">
         <v>53</v>
@@ -22559,51 +22559,51 @@
       <c r="AS144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV144" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW144" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>65</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>9260Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Івана Гонти</t>
+          <t>9260Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Івана Гонти (навпроти будівлі № 67), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>47</v>
       </c>
       <c r="E145" t="s">
         <v>48</v>
       </c>
       <c r="F145" t="s">
         <v>61</v>
       </c>
       <c r="G145" t="s">
         <v>50</v>
       </c>
       <c r="H145" t="s">
         <v>62</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>53</v>
@@ -22710,51 +22710,51 @@
       <c r="AS145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV145" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW145" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
         <v>65</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>9261Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Анатолія</t>
+          <t>9261Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Анатолія Пашкевича, та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>47</v>
       </c>
       <c r="E146" t="s">
         <v>48</v>
       </c>
       <c r="F146" t="s">
         <v>61</v>
       </c>
       <c r="G146" t="s">
         <v>50</v>
       </c>
       <c r="H146" t="s">
         <v>62</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>53</v>
@@ -22861,51 +22861,51 @@
       <c r="AS146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV146" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW146" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>65</v>
       </c>
       <c r="C147" t="inlineStr" s="4">
         <is>
-          <t>9262Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Різдвяній</t>
+          <t>9262Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Різдвяній (перспективний № 315), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D147" t="s">
         <v>47</v>
       </c>
       <c r="E147" t="s">
         <v>48</v>
       </c>
       <c r="F147" t="s">
         <v>61</v>
       </c>
       <c r="G147" t="s">
         <v>50</v>
       </c>
       <c r="H147" t="s">
         <v>62</v>
       </c>
       <c r="I147" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K147" t="s" s="5">
         <v>53</v>
@@ -23012,51 +23012,51 @@
       <c r="AS147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV147" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW147" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>65</v>
       </c>
       <c r="C148" t="inlineStr" s="4">
         <is>
-          <t>9263Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Різдвяній</t>
+          <t>9263Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Різдвяній (перспективний № 317), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D148" t="s">
         <v>47</v>
       </c>
       <c r="E148" t="s">
         <v>48</v>
       </c>
       <c r="F148" t="s">
         <v>61</v>
       </c>
       <c r="G148" t="s">
         <v>50</v>
       </c>
       <c r="H148" t="s">
         <v>62</v>
       </c>
       <c r="I148" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K148" t="s" s="5">
         <v>53</v>
@@ -23163,51 +23163,51 @@
       <c r="AS148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV148" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW148" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>65</v>
       </c>
       <c r="C149" t="inlineStr" s="4">
         <is>
-          <t>9264Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Івана Гонти, 2/8, та</t>
+          <t>9264Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Івана Гонти, 2/8, та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D149" t="s">
         <v>47</v>
       </c>
       <c r="E149" t="s">
         <v>48</v>
       </c>
       <c r="F149" t="s">
         <v>61</v>
       </c>
       <c r="G149" t="s">
         <v>50</v>
       </c>
       <c r="H149" t="s">
         <v>62</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>53</v>
@@ -27830,51 +27830,51 @@
       <c r="AS179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV179" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW179" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
         <v>65</v>
       </c>
       <c r="C180" t="inlineStr" s="4">
         <is>
-          <t>9295Про надання ПІДПРИЄМСТВУ «ОБЛАСНИЙ ЦЕНТР НАВЧАЛЬНО - ТРУДОВОЇ РЕАБІЛІТАЦІЇ ІНВАЛІДІВ» ЧЕРКАСЬКОГО ОБЛАСНОГО БЛАГОДІЙНОГО ФОНДУ «КОМІТЕТ ПО ЗАХИСТУ ДІТЕЙ-ІНВАЛІДІВ, МОЛОДИХ ІНВАЛІДІВ,</t>
+          <t>9295Про надання ПІДПРИЄМСТВУ «ОБЛАСНИЙ ЦЕНТР НАВЧАЛЬНО - ТРУДОВОЇ РЕАБІЛІТАЦІЇ ІНВАЛІДІВ» ЧЕРКАСЬКОГО ОБЛАСНОГО БЛАГОДІЙНОГО ФОНДУ «КОМІТЕТ ПО ЗАХИСТУ ДІТЕЙ-ІНВАЛІДІВ, МОЛОДИХ ІНВАЛІДІВ, ДІТЕЙ-СИРІТ» земельної ділянки в постійне користування по вул. Нечуя-Левицького, 28</t>
         </is>
       </c>
       <c r="D180" t="s">
         <v>47</v>
       </c>
       <c r="E180" t="s">
         <v>48</v>
       </c>
       <c r="F180" t="s">
         <v>61</v>
       </c>
       <c r="G180" t="s">
         <v>50</v>
       </c>
       <c r="H180" t="s">
         <v>62</v>
       </c>
       <c r="I180" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J180" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K180" t="s" s="5">
         <v>53</v>
@@ -38767,51 +38767,51 @@
       <c r="AS252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV252" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW252" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
         <v>65</v>
       </c>
       <c r="C253" t="inlineStr" s="4">
         <is>
-          <t>9368Про відмову ДИТЯЧО-ЮНАЦЬКІЙ СПОРТИВНІЙ ШКОЛІ З ВЕСЛУВАННЯ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ у наданні дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра (вільна земельна</t>
+          <t>9368Про відмову ДИТЯЧО-ЮНАЦЬКІЙ СПОРТИВНІЙ ШКОЛІ З ВЕСЛУВАННЯ ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ у наданні дозволу на розроблення документації із землеустрою по вул. Героїв Дніпра (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D253" t="s">
         <v>47</v>
       </c>
       <c r="E253" t="s">
         <v>48</v>
       </c>
       <c r="F253" t="s">
         <v>61</v>
       </c>
       <c r="G253" t="s">
         <v>50</v>
       </c>
       <c r="H253" t="s">
         <v>62</v>
       </c>
       <c r="I253" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J253" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K253" t="s" s="5">
         <v>53</v>
@@ -40730,51 +40730,51 @@
       <c r="AS265" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT265" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU265" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV265" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW265" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
         <v>65</v>
       </c>
       <c r="C266" t="inlineStr" s="4">
         <is>
-          <t>9381Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пантелеймона Куліша, 1, гараж № 4, громадянину Петрову К.В. (земельна ділянка під існуючим</t>
+          <t>9381Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пантелеймона Куліша, 1, гараж № 4, громадянину Петрову К.В. (земельна ділянка під існуючим гаражем)</t>
         </is>
       </c>
       <c r="D266" t="s">
         <v>47</v>
       </c>
       <c r="E266" t="s">
         <v>48</v>
       </c>
       <c r="F266" t="s">
         <v>61</v>
       </c>
       <c r="G266" t="s">
         <v>50</v>
       </c>
       <c r="H266" t="s">
         <v>62</v>
       </c>
       <c r="I266" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J266" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K266" t="s" s="5">
         <v>53</v>
@@ -42689,51 +42689,51 @@
       <c r="AS278" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AT278" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU278" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV278" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW278" t="s" s="5">
         <v>52</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
         <v>141</v>
       </c>
       <c r="C279" t="inlineStr" s="4">
         <is>
-          <t>9400Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/6 громадянину</t>
+          <t>9400Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/6 громадянину Міцкевичу О. С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D279" t="s">
         <v>126</v>
       </c>
       <c r="E279" t="s">
         <v>48</v>
       </c>
       <c r="F279" t="s">
         <v>142</v>
       </c>
       <c r="G279" t="s">
         <v>50</v>
       </c>
       <c r="H279" t="s">
         <v>62</v>
       </c>
       <c r="I279" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J279" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K279" t="s" s="5">
         <v>52</v>
@@ -43142,51 +43142,51 @@
       <c r="AS281" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT281" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU281" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV281" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW281" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
         <v>147</v>
       </c>
       <c r="C282" t="inlineStr" s="4">
         <is>
-          <t>9403Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/4 громадянину</t>
+          <t>9403Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Романа Шухевича (2-го Українського фронту), біля ділянки № 37/4 громадянину Осадчому Є.А. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D282" t="s">
         <v>126</v>
       </c>
       <c r="E282" t="s">
         <v>48</v>
       </c>
       <c r="F282" t="s">
         <v>124</v>
       </c>
       <c r="G282" t="s">
         <v>50</v>
       </c>
       <c r="H282" t="s">
         <v>62</v>
       </c>
       <c r="I282" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J282" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K282" t="s" s="5">
         <v>52</v>
@@ -43293,51 +43293,51 @@
       <c r="AS282" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT282" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU282" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV282" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW282" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
         <v>148</v>
       </c>
       <c r="C283" t="inlineStr" s="4">
         <is>
-          <t>9404Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник</t>
+          <t>9404Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/2 громадянину Стовбуру А.С. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D283" t="s">
         <v>126</v>
       </c>
       <c r="E283" t="s">
         <v>136</v>
       </c>
       <c r="F283" t="s">
         <v>149</v>
       </c>
       <c r="G283" t="s">
         <v>50</v>
       </c>
       <c r="H283" t="s">
         <v>62</v>
       </c>
       <c r="I283" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J283" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K283" t="s" s="5">
         <v>52</v>
@@ -43444,51 +43444,51 @@
       <c r="AS283" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT283" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU283" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV283" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW283" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
         <v>150</v>
       </c>
       <c r="C284" t="inlineStr" s="4">
         <is>
-          <t>9405Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна</t>
+          <t>9405Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Лісова просіка (перспективна адреса № 17) громадянину Шепелю В. В. (вільна земельна ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D284" t="s">
         <v>126</v>
       </c>
       <c r="E284" t="s">
         <v>136</v>
       </c>
       <c r="F284" t="s">
         <v>151</v>
       </c>
       <c r="G284" t="s">
         <v>50</v>
       </c>
       <c r="H284" t="s">
         <v>62</v>
       </c>
       <c r="I284" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J284" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K284" t="s" s="5">
         <v>52</v>
@@ -43897,51 +43897,51 @@
       <c r="AS286" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT286" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AU286" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV286" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW286" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
         <v>156</v>
       </c>
       <c r="C287" t="inlineStr" s="4">
         <is>
-          <t>9408Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2</t>
+          <t>9408Про розгляд питання щодо надання дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Ціолковського громадянину Усіку В.І. (вільна земельна ділянка, інвалід 2 групи)</t>
         </is>
       </c>
       <c r="D287" t="s">
         <v>126</v>
       </c>
       <c r="E287" t="s">
         <v>136</v>
       </c>
       <c r="F287" t="s">
         <v>157</v>
       </c>
       <c r="G287" t="s">
         <v>50</v>
       </c>
       <c r="H287" t="s">
         <v>62</v>
       </c>
       <c r="I287" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J287" t="s" s="5">
         <v>52</v>
       </c>
       <c r="K287" t="s" s="5">
         <v>52</v>