--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -50,50 +50,53 @@
   <si>
     <t>Діскант Роман Володимирович</t>
   </si>
   <si>
     <t>Карась Павло Миколайович</t>
   </si>
   <si>
     <t>Мельник Олексій Олексійович</t>
   </si>
   <si>
     <t>Міняйло Валерій Володимирович</t>
   </si>
   <si>
     <t>Савенко Олександр Сергійович</t>
   </si>
   <si>
     <t>Сухарьков Іван Васильович</t>
   </si>
   <si>
     <t>Тренкін Юрій Васильович</t>
   </si>
   <si>
     <t>Бондаренко Анатолій Васильович</t>
   </si>
   <si>
+    <t>Шмиголь Сергій Олегович</t>
+  </si>
+  <si>
     <t>Абрамова Карина Сергіївна</t>
   </si>
   <si>
     <t>Агапова Олена Михайлівна</t>
   </si>
   <si>
     <t>Бандура Інна Валеріївна</t>
   </si>
   <si>
     <t>Батир Руслан Анатолійович</t>
   </si>
   <si>
     <t>Буряк Світлана Вячеславівна</t>
   </si>
   <si>
     <t>Волошин Анатолій Іванович</t>
   </si>
   <si>
     <t>Гладкий Георгій Анатолійович</t>
   </si>
   <si>
     <t>Друмашко Володимир Григорович</t>
   </si>
   <si>
     <t>Дудка Сергій Володимирович</t>
@@ -132,53 +135,50 @@
     <t>Мушієк Андрій Михайлович</t>
   </si>
   <si>
     <t>Погостінська Юлія Олександрівна</t>
   </si>
   <si>
     <t>Прядка Сергій Миколайович</t>
   </si>
   <si>
     <t>Рубан Сергій Леонідович</t>
   </si>
   <si>
     <t>Саліна Юлія Іванівна</t>
   </si>
   <si>
     <t>Тронц Тимофій Володимирович</t>
   </si>
   <si>
     <t>Холупняк Катерина Олександрівна</t>
   </si>
   <si>
     <t>Шабатура Сергій Володимирович</t>
   </si>
   <si>
     <t>Шевченко Геннадій Юрійович</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шмиголь Сергій Олегович</t>
   </si>
   <si>
     <t>Пустовар Владислав Володимирович</t>
   </si>
   <si>
     <t>Шинкарьова Валерія Сергіївна</t>
   </si>
   <si>
     <t>Маслянко Оксана Анатоліївна</t>
   </si>
   <si>
     <t>Єфремов Юрій Валерійович</t>
   </si>
   <si>
     <t>10.04.24  14:15:00</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
@@ -541,132 +541,132 @@
       <c r="J2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS2" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AT2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU2" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV2" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW2" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>9097Про передачу матеріально-технічних засобів комунального підприємства теплових мереж «Черкаситеплокомуненерго» Черкаської міської ради на потреби Збройних Сил України</t>
         </is>
@@ -692,132 +692,132 @@
       <c r="J3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS3" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW3" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>54</v>
       </c>
       <c r="D4" t="s">
@@ -841,132 +841,132 @@
       <c r="J4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS4" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>55</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>9099Про відмову у скасуванні рішення Черкаської міської ради від 31.01.2019 № 2-3992 та відмову у передачі земельної ділянки у власність по вул. Мечникова, громадянину Павлєєву О.А. (вільна земель-на</t>
         </is>
@@ -992,132 +992,132 @@
       <c r="J5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>61</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AK5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AP5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AQ5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AR5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AS5" t="s" s="5">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>9100Про передачу матеріально-технічних засобів комунального підприємства теплових мереж «Черкаситеплокомуненерго» Черкаської міської ради на потреби Збройних Сил України</t>
         </is>
@@ -1143,132 +1143,132 @@
       <c r="J6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS6" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>9101Про передачу матеріально-технічних засобів комунального підприємства теплових мереж «Черкаситеплокомуненерго» Черкаської міської ради на потреби Збройних Сил України</t>
         </is>
@@ -1294,132 +1294,132 @@
       <c r="J7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AJ7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AK7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AP7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AQ7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AR7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AS7" t="s" s="5">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AT7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV7" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW7" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>62</v>
@@ -1427,132 +1427,132 @@
       <c r="J8" t="s">
         <v>63</v>
       </c>
       <c r="K8" t="s">
         <v>63</v>
       </c>
       <c r="L8" t="s">
         <v>62</v>
       </c>
       <c r="M8" t="s">
         <v>63</v>
       </c>
       <c r="N8" t="s">
         <v>63</v>
       </c>
       <c r="O8" t="s">
         <v>62</v>
       </c>
       <c r="P8" t="s">
         <v>63</v>
       </c>
       <c r="Q8" t="s">
         <v>62</v>
       </c>
       <c r="R8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="S8" t="s">
+        <v>63</v>
+      </c>
+      <c r="T8" t="s">
         <v>64</v>
       </c>
-      <c r="T8" t="s">
+      <c r="U8" t="s">
         <v>62</v>
       </c>
-      <c r="U8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V8" t="s">
         <v>63</v>
       </c>
       <c r="W8" t="s">
         <v>63</v>
       </c>
       <c r="X8" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y8" t="s">
         <v>62</v>
       </c>
-      <c r="Y8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z8" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA8" t="s">
         <v>62</v>
       </c>
-      <c r="AA8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB8" t="s">
         <v>63</v>
       </c>
       <c r="AC8" t="s">
         <v>63</v>
       </c>
       <c r="AD8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE8" t="s">
         <v>62</v>
       </c>
       <c r="AF8" t="s">
         <v>62</v>
       </c>
       <c r="AG8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="AH8" t="s">
         <v>63</v>
       </c>
       <c r="AI8" t="s">
         <v>63</v>
       </c>
       <c r="AJ8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AK8" t="s">
         <v>62</v>
       </c>
       <c r="AL8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="AM8" t="s">
         <v>63</v>
       </c>
       <c r="AN8" t="s">
         <v>63</v>
       </c>
       <c r="AO8" t="s">
         <v>63</v>
       </c>
       <c r="AP8" t="s">
         <v>63</v>
       </c>
       <c r="AQ8" t="s">
         <v>63</v>
       </c>
       <c r="AR8" t="s">
         <v>63</v>
       </c>
       <c r="AS8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AT8" t="s">
         <v>63</v>
       </c>
       <c r="AU8" t="s">
         <v>63</v>
       </c>
       <c r="AV8" t="s">
         <v>62</v>
       </c>
       <c r="AW8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>50</v>
@@ -1693,132 +1693,132 @@
       <c r="J10" t="s">
         <v>66</v>
       </c>
       <c r="K10" t="s">
         <v>66</v>
       </c>
       <c r="L10" t="s">
         <v>65</v>
       </c>
       <c r="M10" t="s">
         <v>66</v>
       </c>
       <c r="N10" t="s">
         <v>66</v>
       </c>
       <c r="O10" t="s">
         <v>65</v>
       </c>
       <c r="P10" t="s">
         <v>65</v>
       </c>
       <c r="Q10" t="s">
         <v>65</v>
       </c>
       <c r="R10" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="S10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="T10" t="s">
         <v>65</v>
       </c>
       <c r="U10" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="V10" t="s">
         <v>66</v>
       </c>
       <c r="W10" t="s">
         <v>66</v>
       </c>
       <c r="X10" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y10" t="s">
         <v>65</v>
       </c>
-      <c r="Y10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z10" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA10" t="s">
         <v>65</v>
       </c>
-      <c r="AA10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB10" t="s">
         <v>66</v>
       </c>
       <c r="AC10" t="s">
         <v>66</v>
       </c>
       <c r="AD10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AE10" t="s">
         <v>65</v>
       </c>
       <c r="AF10" t="s">
         <v>65</v>
       </c>
       <c r="AG10" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AH10" t="s">
         <v>66</v>
       </c>
       <c r="AI10" t="s">
         <v>66</v>
       </c>
       <c r="AJ10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AK10" t="s">
         <v>65</v>
       </c>
       <c r="AL10" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AM10" t="s">
         <v>66</v>
       </c>
       <c r="AN10" t="s">
         <v>66</v>
       </c>
       <c r="AO10" t="s">
         <v>66</v>
       </c>
       <c r="AP10" t="s">
         <v>66</v>
       </c>
       <c r="AQ10" t="s">
         <v>66</v>
       </c>
       <c r="AR10" t="s">
         <v>66</v>
       </c>
       <c r="AS10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AT10" t="s">
         <v>66</v>
       </c>
       <c r="AU10" t="s">
         <v>66</v>
       </c>
       <c r="AV10" t="s">
         <v>65</v>
       </c>
       <c r="AW10" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>67</v>
@@ -1959,132 +1959,132 @@
       <c r="J12" t="s">
         <v>70</v>
       </c>
       <c r="K12" t="s">
         <v>70</v>
       </c>
       <c r="L12" t="s">
         <v>69</v>
       </c>
       <c r="M12" t="s">
         <v>70</v>
       </c>
       <c r="N12" t="s">
         <v>70</v>
       </c>
       <c r="O12" t="s">
         <v>69</v>
       </c>
       <c r="P12" t="s">
         <v>70</v>
       </c>
       <c r="Q12" t="s">
         <v>69</v>
       </c>
       <c r="R12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="S12" t="s">
         <v>70</v>
       </c>
       <c r="T12" t="s">
+        <v>70</v>
+      </c>
+      <c r="U12" t="s">
         <v>69</v>
       </c>
-      <c r="U12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V12" t="s">
         <v>70</v>
       </c>
       <c r="W12" t="s">
         <v>70</v>
       </c>
       <c r="X12" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y12" t="s">
         <v>69</v>
       </c>
-      <c r="Y12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z12" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA12" t="s">
         <v>69</v>
       </c>
-      <c r="AA12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB12" t="s">
         <v>70</v>
       </c>
       <c r="AC12" t="s">
         <v>70</v>
       </c>
       <c r="AD12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AE12" t="s">
         <v>69</v>
       </c>
       <c r="AF12" t="s">
         <v>69</v>
       </c>
       <c r="AG12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="AH12" t="s">
         <v>70</v>
       </c>
       <c r="AI12" t="s">
         <v>70</v>
       </c>
       <c r="AJ12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AK12" t="s">
         <v>69</v>
       </c>
       <c r="AL12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="AM12" t="s">
         <v>70</v>
       </c>
       <c r="AN12" t="s">
         <v>70</v>
       </c>
       <c r="AO12" t="s">
         <v>70</v>
       </c>
       <c r="AP12" t="s">
         <v>70</v>
       </c>
       <c r="AQ12" t="s">
         <v>70</v>
       </c>
       <c r="AR12" t="s">
         <v>70</v>
       </c>
       <c r="AS12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AT12" t="s">
         <v>70</v>
       </c>
       <c r="AU12" t="s">
         <v>70</v>
       </c>
       <c r="AV12" t="s">
         <v>69</v>
       </c>
       <c r="AW12" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>