--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -946,51 +946,51 @@
       <c r="AS4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>55</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>9099Про відмову у скасуванні рішення Черкаської міської ради від 31.01.2019 № 2-3992 та відмову у передачі земельної ділянки у власність по вул. Мечникова, громадянину Павлєєву О.А. (вільна земель-на</t>
+          <t>9099Про відмову у скасуванні рішення Черкаської міської ради від 31.01.2019 № 2-3992 та відмову у передачі земельної ділянки у власність по вул. Мечникова, громадянину Павлєєву О.А. (вільна земель-на ділянка, учасник АТО)</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>56</v>
       </c>
       <c r="E5" t="s">
         <v>57</v>
       </c>
       <c r="F5" t="s">
         <v>58</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>59</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>60</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>60</v>