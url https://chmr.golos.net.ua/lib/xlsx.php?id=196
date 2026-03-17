--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -2251,51 +2251,51 @@
         <v>54</v>
       </c>
       <c r="AT8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW8" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX8"/>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
-          <t>8506Про затвердження міської програми стимулювання педагогічних  працівників  закладів   дошкільної   освіти міста Черкаси та дошкільного підрозділу Черкаського навчально-виховного</t>
+          <t>8506Про затвердження міської програми стимулювання педагогічних  працівників  закладів   дошкільної   освіти міста Черкаси та дошкільного підрозділу Черкаського навчально-виховного обꞌєднання «Дошкільний  навчальний заклад–загальноосвітня школа І-ІІ ступенів  № 36» ім. Героїв –прикордонників Черкаської міської ради Черкаської області  на  2024-2025 роки</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9" t="s">
         <v>70</v>
       </c>
       <c r="G9" t="s">
         <v>52</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>54</v>
@@ -3011,51 +3011,51 @@
         <v>54</v>
       </c>
       <c r="AT13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW13" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX13"/>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>8511Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс КП «Черкасиводоканал» зовнішньої мережі водовідведення  гуртожитку №2 по вул. Олексія</t>
+          <t>8511Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс КП «Черкасиводоканал» зовнішньої мережі водовідведення  гуртожитку №2 по вул. Олексія Панченка, 15/1</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>50</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>52</v>
       </c>
       <c r="H14" t="s">
         <v>53</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>54</v>
@@ -3163,51 +3163,51 @@
         <v>54</v>
       </c>
       <c r="AT14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW14" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX14"/>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
-          <t>8512Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішньої мережі водовідведення по  вул. Садовій між вулицями</t>
+          <t>8512Про передачу у власність Черкаської міської територіальної громади та у господарське відання, баланс  КП «Черкасиводоканал» зовнішньої мережі водовідведення по  вул. Садовій між вулицями Новопричистенська та Різдвяна</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>69</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15" t="s">
         <v>70</v>
       </c>
       <c r="G15" t="s">
         <v>52</v>
       </c>
       <c r="H15" t="s">
         <v>53</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>54</v>
@@ -3315,51 +3315,51 @@
         <v>54</v>
       </c>
       <c r="AT15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW15" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX15"/>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>8513Про передачу у власність  Черкаської міської територіальної громади  та у господарське відання, баланс КПТМ «Черкаситеплокомуненерго» мережі теплопостачання до житлового будинку по  вул.</t>
+          <t>8513Про передачу у власність  Черкаської міської територіальної громади  та у господарське відання, баланс КПТМ «Черкаситеплокомуненерго» мережі теплопостачання до житлового будинку по  вул. Володимира Великого, 41/2</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>69</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>70</v>
       </c>
       <c r="G16" t="s">
         <v>52</v>
       </c>
       <c r="H16" t="s">
         <v>53</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>54</v>
@@ -4379,51 +4379,51 @@
         <v>54</v>
       </c>
       <c r="AT22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX22"/>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>8520Про внесення змін до рішення Черкаської міської ради від 18.05.2023 №41-32 «Про надання  дозволу на передачу майнового комплексу з балансу комунального некомерційного підприємства «Черкаська</t>
+          <t>8520Про внесення змін до рішення Черкаської міської ради від 18.05.2023 №41-32 «Про надання  дозволу на передачу майнового комплексу з балансу комунального некомерційного підприємства «Черкаська міська дитяча лікарня»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>69</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>70</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23" t="s">
         <v>53</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>54</v>
@@ -4531,51 +4531,51 @@
         <v>54</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX23"/>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>8521Про реорганізацію юридичної особи-комунального некомерційного підприємства `Черкаська міська дитяча лікарня` шляхом приєднання до комунального некомерційного підприємства `Третя</t>
+          <t>8521Про реорганізацію юридичної особи-комунального некомерційного підприємства `Черкаська міська дитяча лікарня` шляхом приєднання до комунального некомерційного підприємства `Третя Черкаська міська лікарня швидкої медичної допомоги`</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>69</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>70</v>
       </c>
       <c r="G24" t="s">
         <v>52</v>
       </c>
       <c r="H24" t="s">
         <v>53</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>54</v>
@@ -4835,51 +4835,51 @@
         <v>54</v>
       </c>
       <c r="AT25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX25"/>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>8523Про затвердження Переліку об’єктів комунальної власності Черкаської міської територіальної громади, що знаходяться в оперативному управлінні департаменту освіти та гуманітарної</t>
+          <t>8523Про затвердження Переліку об’єктів комунальної власності Черкаської міської територіальної громади, що знаходяться в оперативному управлінні департаменту освіти та гуманітарної політики Черкаської міської ради, в яких безоплатно розміщено внутрішньо переміщених осіб</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>69</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>70</v>
       </c>
       <c r="G26" t="s">
         <v>52</v>
       </c>
       <c r="H26" t="s">
         <v>53</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>54</v>
@@ -5443,51 +5443,51 @@
         <v>54</v>
       </c>
       <c r="AT29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW29" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX29"/>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>8527Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-20 «Про внесення змін до рішення Черкаської міської ради від 01.04.2010 №5-528 «Про затвердження Положення про порядок</t>
+          <t>8527Про внесення змін до рішення Черкаської міської ради від 23.12.2021 №16-20 «Про внесення змін до рішення Черкаської міської ради від 01.04.2010 №5-528 «Про затвердження Положення про порядок найменування об’єктів міського підпорядкування, вшанування пам’яті видатних діячів та подій, встановлення пам’ятних знаків на території міста Черкаси»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>69</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30" t="s">
         <v>70</v>
       </c>
       <c r="G30" t="s">
         <v>52</v>
       </c>
       <c r="H30" t="s">
         <v>53</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>54</v>
@@ -5595,51 +5595,51 @@
         <v>54</v>
       </c>
       <c r="AT30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW30" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX30"/>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>71</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>8528Про передачу об’єкту «Територія (частина території згідно викопіювання) у дворі будинку за адресою: м. Черкаси, вул. Героїв Дніпра, 69» з балансу департаменту архітектури та містобудування</t>
+          <t>8528Про передачу об’єкту «Територія (частина території згідно викопіювання) у дворі будинку за адресою: м. Черкаси, вул. Героїв Дніпра, 69» з балансу департаменту архітектури та містобудування Черкаської міської ради на баланс КП «Благоустрій» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>69</v>
       </c>
       <c r="E31" t="s">
         <v>50</v>
       </c>
       <c r="F31" t="s">
         <v>70</v>
       </c>
       <c r="G31" t="s">
         <v>52</v>
       </c>
       <c r="H31" t="s">
         <v>53</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>54</v>
@@ -5747,51 +5747,51 @@
         <v>54</v>
       </c>
       <c r="AT31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW31" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX31"/>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>71</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>8529Про передачу об’єкту «Дитячий та спортивний майданчики у дворі будинку за адресою: м. Черкаси, вул. Героїв Дніпра, 69» з балансу департаменту архітектури та містобудування Черкаської міської</t>
+          <t>8529Про передачу об’єкту «Дитячий та спортивний майданчики у дворі будинку за адресою: м. Черкаси, вул. Героїв Дніпра, 69» з балансу департаменту архітектури та містобудування Черкаської міської ради на баланс КП «Благоустрій» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>69</v>
       </c>
       <c r="E32" t="s">
         <v>50</v>
       </c>
       <c r="F32" t="s">
         <v>70</v>
       </c>
       <c r="G32" t="s">
         <v>52</v>
       </c>
       <c r="H32" t="s">
         <v>53</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>54</v>
@@ -6051,51 +6051,51 @@
         <v>54</v>
       </c>
       <c r="AT33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX33"/>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>8531Про внесення змін до рішення Черкаської міської ради від 03.03.2022 №21-4 «Про внесення змін до рішення Черкаської міської ради від 27.06.2019 №2-4690 «Про затвердження Положень та ставок місцевих</t>
+          <t>8531Про внесення змін до рішення Черкаської міської ради від 03.03.2022 №21-4 «Про внесення змін до рішення Черкаської міської ради від 27.06.2019 №2-4690 «Про затвердження Положень та ставок місцевих податків і зборів на території міста Черкаси»</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>69</v>
       </c>
       <c r="E34" t="s">
         <v>50</v>
       </c>
       <c r="F34" t="s">
         <v>70</v>
       </c>
       <c r="G34" t="s">
         <v>52</v>
       </c>
       <c r="H34" t="s">
         <v>53</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>54</v>
@@ -7719,51 +7719,51 @@
         <v>54</v>
       </c>
       <c r="AT44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW44" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX44"/>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>85</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>8551Про внесення змін до рішення Черкаської міської ради від 28.09.2023 №47-18 «Про визначення балансоутримувачем Стели пам’яті біля адмінбудівлі по бул. Шевченка, 307 КП «Благоустрій» Черкаської</t>
+          <t>8551Про внесення змін до рішення Черкаської міської ради від 28.09.2023 №47-18 «Про визначення балансоутримувачем Стели пам’яті біля адмінбудівлі по бул. Шевченка, 307 КП «Благоустрій» Черкаської міської ради»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>49</v>
       </c>
       <c r="E45" t="s">
         <v>86</v>
       </c>
       <c r="F45" t="s">
         <v>87</v>
       </c>
       <c r="G45" t="s">
         <v>88</v>
       </c>
       <c r="H45" t="s">
         <v>89</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>55</v>
@@ -8327,51 +8327,51 @@
         <v>56</v>
       </c>
       <c r="AT48" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV48" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX48"/>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>8556Про створення тимчасової контрольної комісії Черкаської міської ради з перевірки підготовки КПТМ «Черкаситеплокомуненерго» та ВП «Черкаська ТЕЦ» ПАТ «Черкаське хімволокно» до</t>
+          <t>8556Про створення тимчасової контрольної комісії Черкаської міської ради з перевірки підготовки КПТМ «Черкаситеплокомуненерго» та ВП «Черкаська ТЕЦ» ПАТ «Черкаське хімволокно» до опалювального сезону 2023-2024 рр.</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>49</v>
       </c>
       <c r="E49" t="s">
         <v>86</v>
       </c>
       <c r="F49" t="s">
         <v>100</v>
       </c>
       <c r="G49" t="s">
         <v>52</v>
       </c>
       <c r="H49" t="s">
         <v>60</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>55</v>
@@ -8479,51 +8479,51 @@
         <v>54</v>
       </c>
       <c r="AT49" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW49" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AX49"/>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>8557Про створення тимчасової контрольної комісії Черкаської міської ради з перевірки підготовки КПТМ «Черкаситеплокомуненерго» та ВП «Черкаська ТЕЦ» ПАТ «Черкаське хімволокно» до</t>
+          <t>8557Про створення тимчасової контрольної комісії Черкаської міської ради з перевірки підготовки КПТМ «Черкаситеплокомуненерго» та ВП «Черкаська ТЕЦ» ПАТ «Черкаське хімволокно» до опалювального сезону 2023-2024 рр.</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>102</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50" t="s">
         <v>103</v>
       </c>
       <c r="G50" t="s">
         <v>52</v>
       </c>
       <c r="H50" t="s">
         <v>60</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>55</v>
@@ -13495,51 +13495,51 @@
       <c r="AT82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV82" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW82" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX82" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>109</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
-          <t>8607Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по пров. Мирослава Скорика, 31 громадянам Залозній М.В., Залозному Ю.А., Залозному А.Ю. (існуюче</t>
+          <t>8607Про надання дозволу на розроблення документації із землеустрою на земельну ділянку по пров. Мирослава Скорика, 31 громадянам Залозній М.В., Залозному Ю.А., Залозному А.Ю. (існуюче домоволодіння)</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>69</v>
       </c>
       <c r="E83" t="s">
         <v>50</v>
       </c>
       <c r="F83" t="s">
         <v>59</v>
       </c>
       <c r="G83" t="s">
         <v>52</v>
       </c>
       <c r="H83" t="s">
         <v>60</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>54</v>
@@ -18663,51 +18663,51 @@
       <c r="AT116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV116" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW116" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX116" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>109</v>
       </c>
       <c r="C117" t="inlineStr" s="4">
         <is>
-          <t>8641Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Мечникова (біля</t>
+          <t>8641Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Мечникова (біля ділянки № 10-в), про надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки земельної ділянки</t>
         </is>
       </c>
       <c r="D117" t="s">
         <v>69</v>
       </c>
       <c r="E117" t="s">
         <v>50</v>
       </c>
       <c r="F117" t="s">
         <v>59</v>
       </c>
       <c r="G117" t="s">
         <v>52</v>
       </c>
       <c r="H117" t="s">
         <v>60</v>
       </c>
       <c r="I117" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J117" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K117" t="s" s="5">
         <v>54</v>
@@ -19117,51 +19117,51 @@
       <c r="AT119" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU119" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV119" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW119" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX119" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>109</v>
       </c>
       <c r="C120" t="inlineStr" s="4">
         <is>
-          <t>8644Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Верхній Горовій, 49, надання</t>
+          <t>8644Про включення до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону) земельної ділянки по вул. Верхній Горовій, 49, надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки та про проведення експертної грошової оцінки</t>
         </is>
       </c>
       <c r="D120" t="s">
         <v>69</v>
       </c>
       <c r="E120" t="s">
         <v>50</v>
       </c>
       <c r="F120" t="s">
         <v>59</v>
       </c>
       <c r="G120" t="s">
         <v>52</v>
       </c>
       <c r="H120" t="s">
         <v>60</v>
       </c>
       <c r="I120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J120" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K120" t="s" s="5">
         <v>54</v>
@@ -19571,51 +19571,51 @@
       <c r="AT122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV122" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX122" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>113</v>
       </c>
       <c r="C123" t="inlineStr" s="4">
         <is>
-          <t>8649Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Героїв Дніпра</t>
+          <t>8649Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Героїв Дніпра біля будинку № 69 та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D123" t="s">
         <v>49</v>
       </c>
       <c r="E123" t="s">
         <v>86</v>
       </c>
       <c r="F123" t="s">
         <v>114</v>
       </c>
       <c r="G123" t="s">
         <v>115</v>
       </c>
       <c r="H123" t="s">
         <v>116</v>
       </c>
       <c r="I123" t="s" s="5">
         <v>61</v>
       </c>
       <c r="J123" t="s" s="5">
         <v>61</v>
       </c>
       <c r="K123" t="s" s="5">
         <v>56</v>
@@ -20179,51 +20179,51 @@
       <c r="AT126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX126" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>122</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>8655Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Геронимівській громадянину Кононенку Д.В. (земельна ділянка з об’єктом нерухомого</t>
+          <t>8655Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Геронимівській громадянину Кононенку Д.В. (земельна ділянка з об’єктом нерухомого майна, учасник бойових дій)</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>49</v>
       </c>
       <c r="E127" t="s">
         <v>86</v>
       </c>
       <c r="F127" t="s">
         <v>123</v>
       </c>
       <c r="G127" t="s">
         <v>52</v>
       </c>
       <c r="H127" t="s">
         <v>124</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>61</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>56</v>
@@ -20331,51 +20331,51 @@
       <c r="AT127" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AU127" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV127" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW127" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX127" t="s" s="5">
         <v>61</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>125</v>
       </c>
       <c r="C128" t="inlineStr" s="4">
         <is>
-          <t>8657Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Геронимівській громадянину Кононенку Д.В. (земельна ділянка з об’єктом нерухомого</t>
+          <t>8657Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Геронимівській громадянину Кононенку Д.В. (земельна ділянка з об’єктом нерухомого майна, учасник бойових дій)</t>
         </is>
       </c>
       <c r="D128" t="s">
         <v>49</v>
       </c>
       <c r="E128" t="s">
         <v>50</v>
       </c>
       <c r="F128" t="s">
         <v>95</v>
       </c>
       <c r="G128" t="s">
         <v>52</v>
       </c>
       <c r="H128" t="s">
         <v>53</v>
       </c>
       <c r="I128" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J128" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K128" t="s" s="5">
         <v>56</v>
@@ -22915,51 +22915,51 @@
       <c r="AT144" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU144" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV144" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW144" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX144" t="s" s="5">
         <v>61</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>151</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>8675Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>8675Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-а) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>49</v>
       </c>
       <c r="E145" t="s">
         <v>50</v>
       </c>
       <c r="F145" t="s">
         <v>134</v>
       </c>
       <c r="G145" t="s">
         <v>52</v>
       </c>
       <c r="H145" t="s">
         <v>53</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>56</v>
@@ -23067,51 +23067,51 @@
       <c r="AT145" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU145" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV145" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW145" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX145" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
         <v>152</v>
       </c>
       <c r="C146" t="inlineStr" s="4">
         <is>
-          <t>8676Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>8676Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-б) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D146" t="s">
         <v>49</v>
       </c>
       <c r="E146" t="s">
         <v>50</v>
       </c>
       <c r="F146" t="s">
         <v>136</v>
       </c>
       <c r="G146" t="s">
         <v>52</v>
       </c>
       <c r="H146" t="s">
         <v>53</v>
       </c>
       <c r="I146" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J146" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K146" t="s" s="5">
         <v>54</v>
@@ -23523,51 +23523,51 @@
       <c r="AT148" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU148" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV148" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW148" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX148" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>156</v>
       </c>
       <c r="C149" t="inlineStr" s="4">
         <is>
-          <t>8679Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Академіка</t>
+          <t>8679Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Академіка Корольова, перспективний № 27 та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D149" t="s">
         <v>69</v>
       </c>
       <c r="E149" t="s">
         <v>50</v>
       </c>
       <c r="F149" t="s">
         <v>95</v>
       </c>
       <c r="G149" t="s">
         <v>52</v>
       </c>
       <c r="H149" t="s">
         <v>53</v>
       </c>
       <c r="I149" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J149" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K149" t="s" s="5">
         <v>54</v>
@@ -23675,51 +23675,51 @@
       <c r="AT149" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU149" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV149" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW149" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX149" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>157</v>
       </c>
       <c r="C150" t="inlineStr" s="4">
         <is>
-          <t>8680Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Князя Ольгерда (біля ділянки № 3-а)</t>
+          <t>8680Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Князя Ольгерда (біля ділянки № 3-а) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D150" t="s">
         <v>69</v>
       </c>
       <c r="E150" t="s">
         <v>50</v>
       </c>
       <c r="F150" t="s">
         <v>155</v>
       </c>
       <c r="G150" t="s">
         <v>52</v>
       </c>
       <c r="H150" t="s">
         <v>53</v>
       </c>
       <c r="I150" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J150" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K150" t="s" s="5">
         <v>54</v>
@@ -23827,51 +23827,51 @@
       <c r="AT150" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU150" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV150" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW150" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX150" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
         <v>158</v>
       </c>
       <c r="C151" t="inlineStr" s="4">
         <is>
-          <t>8681Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Князя Ольгерда (біля ділянки № 3/1)</t>
+          <t>8681Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул.  Князя Ольгерда (біля ділянки № 3/1) та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D151" t="s">
         <v>69</v>
       </c>
       <c r="E151" t="s">
         <v>50</v>
       </c>
       <c r="F151" t="s">
         <v>136</v>
       </c>
       <c r="G151" t="s">
         <v>52</v>
       </c>
       <c r="H151" t="s">
         <v>53</v>
       </c>
       <c r="I151" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J151" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K151" t="s" s="5">
         <v>54</v>
@@ -24131,51 +24131,51 @@
       <c r="AT152" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU152" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV152" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW152" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AX152" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
         <v>161</v>
       </c>
       <c r="C153" t="inlineStr" s="4">
         <is>
-          <t>8683Про надання КОМУНАЛЬНОМУ НЕКОМЕРЦІЙНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСЬКА МІСЬКА ДИТЯЧА СТОМАТОЛОГІЧНА ПОЛІКЛІНІКА» дозволу на розроблення документації із землеустрою по вул. В’ячеслава</t>
+          <t>8683Про надання КОМУНАЛЬНОМУ НЕКОМЕРЦІЙНОМУ ПІДПРИЄМСТВУ «ЧЕРКАСЬКА МІСЬКА ДИТЯЧА СТОМАТОЛОГІЧНА ПОЛІКЛІНІКА» дозволу на розроблення документації із землеустрою по вул. В’ячеслава Чорновола, 120 (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D153" t="s">
         <v>49</v>
       </c>
       <c r="E153" t="s">
         <v>50</v>
       </c>
       <c r="F153" t="s">
         <v>95</v>
       </c>
       <c r="G153" t="s">
         <v>52</v>
       </c>
       <c r="H153" t="s">
         <v>53</v>
       </c>
       <c r="I153" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J153" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K153" t="s" s="5">
         <v>54</v>
@@ -24739,51 +24739,51 @@
       <c r="AT156" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU156" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV156" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW156" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX156" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
         <v>167</v>
       </c>
       <c r="C157" t="inlineStr" s="4">
         <is>
-          <t>8687Про внесення змін до рішення Черкаської міської ради від 15.11.2022 № 31-32 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,0348 га по вул. Горіховій (біля домоволодіння</t>
+          <t>8687Про внесення змін до рішення Черкаської міської ради від 15.11.2022 № 31-32 «Про продаж на земельних торгах права власності на земельну ділянку площею 0,0348 га по вул. Горіховій (біля домоволодіння №33/1) та затвердження умов проведення земельних торгів</t>
         </is>
       </c>
       <c r="D157" t="s">
         <v>49</v>
       </c>
       <c r="E157" t="s">
         <v>50</v>
       </c>
       <c r="F157" t="s">
         <v>136</v>
       </c>
       <c r="G157" t="s">
         <v>52</v>
       </c>
       <c r="H157" t="s">
         <v>53</v>
       </c>
       <c r="I157" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J157" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K157" t="s" s="5">
         <v>54</v>
@@ -25041,51 +25041,51 @@
       <c r="AT158" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU158" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV158" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW158" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX158" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
         <v>170</v>
       </c>
       <c r="C159" t="inlineStr" s="4">
         <is>
-          <t>8689Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по пр-т Перемоги, 25, з метою подальшого оформлення ОСББ «НОВИЙ ПАРКОВИЙ 25/8» права користування її</t>
+          <t>8689Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки по пр-т Перемоги, 25, з метою подальшого оформлення ОСББ «НОВИЙ ПАРКОВИЙ 25/8» права користування її частиною</t>
         </is>
       </c>
       <c r="D159" t="s">
         <v>49</v>
       </c>
       <c r="E159" t="s">
         <v>50</v>
       </c>
       <c r="F159" t="s">
         <v>136</v>
       </c>
       <c r="G159" t="s">
         <v>52</v>
       </c>
       <c r="H159" t="s">
         <v>53</v>
       </c>
       <c r="I159" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J159" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K159" t="s" s="5">
         <v>56</v>
@@ -25345,51 +25345,51 @@
       <c r="AT160" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU160" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV160" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW160" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX160" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
         <v>172</v>
       </c>
       <c r="C161" t="inlineStr" s="4">
         <is>
-          <t>8691Про внесення змін до пункту 23 договору оренди землі від 15.09.2022 площею 0,57 га по вул. Героїв Дніпра (кадастровий номер 7110136400:01:005:0031), яка надана в оренду на підставі протоколу земельних торгів</t>
+          <t>8691Про внесення змін до пункту 23 договору оренди землі від 15.09.2022 площею 0,57 га по вул. Героїв Дніпра (кадастровий номер 7110136400:01:005:0031), яка надана в оренду на підставі протоколу земельних торгів (лот № LRE001-UA-20220620-49504)</t>
         </is>
       </c>
       <c r="D161" t="s">
         <v>49</v>
       </c>
       <c r="E161" t="s">
         <v>50</v>
       </c>
       <c r="F161" t="s">
         <v>134</v>
       </c>
       <c r="G161" t="s">
         <v>52</v>
       </c>
       <c r="H161" t="s">
         <v>53</v>
       </c>
       <c r="I161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J161" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K161" t="s" s="5">
         <v>54</v>
@@ -25497,51 +25497,51 @@
       <c r="AT161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV161" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW161" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX161" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
         <v>173</v>
       </c>
       <c r="C162" t="inlineStr" s="4">
         <is>
-          <t>8692Про розгляд питання про затвердження документацій із землеустрою та про надання в оренду земельних ділянок ФОП Лисак С.В. під її діючими торговими кіосками (на виконання рішення суду по</t>
+          <t>8692Про розгляд питання про затвердження документацій із землеустрою та про надання в оренду земельних ділянок ФОП Лисак С.В. під її діючими торговими кіосками (на виконання рішення суду по справі 03/5026/2709/2011)</t>
         </is>
       </c>
       <c r="D162" t="s">
         <v>49</v>
       </c>
       <c r="E162" t="s">
         <v>86</v>
       </c>
       <c r="F162" t="s">
         <v>174</v>
       </c>
       <c r="G162" t="s">
         <v>175</v>
       </c>
       <c r="H162" t="s">
         <v>89</v>
       </c>
       <c r="I162" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J162" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K162" t="s" s="5">
         <v>56</v>