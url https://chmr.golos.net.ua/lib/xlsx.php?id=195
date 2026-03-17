--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1068,51 +1068,51 @@
       <c r="AS4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT4" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU4" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AV4" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW4" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
-          <t>8484Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>8484Про внесення змін до рішення Черкаської міської ради від 09.12.2021 № 15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м. Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
         <v>61</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>58</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>56</v>
@@ -1219,51 +1219,51 @@
       <c r="AS5" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT5" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>8485Про внесення змін до рішення Черкаської міської ради від 14.02.2023 №36-19 «Про затвердження Програми співфінансування  капітального ремонту та реконструкції багатоквартирних житлових будинків</t>
+          <t>8485Про внесення змін до рішення Черкаської міської ради від 14.02.2023 №36-19 «Про затвердження Програми співфінансування  капітального ремонту та реконструкції багатоквартирних житлових будинків (крім ОСББ) у місті Черкаси  на 2023-2025 роки»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>64</v>
       </c>
       <c r="G6" t="s">
         <v>50</v>
       </c>
       <c r="H6" t="s">
         <v>51</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>56</v>
@@ -1370,51 +1370,51 @@
       <c r="AS6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT6" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AU6" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV6" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW6" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
-          <t>8486Про внесення змін до рішення Черкаської міської ради від 09.11.2021 № 13-13 «Про затвердження Програми організації харчування у закладах загальної середньої освіти комунальної власності міста</t>
+          <t>8486Про внесення змін до рішення Черкаської міської ради від 09.11.2021 № 13-13 «Про затвердження Програми організації харчування у закладах загальної середньої освіти комунальної власності міста Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>47</v>
       </c>
       <c r="E7" t="s">
         <v>54</v>
       </c>
       <c r="F7" t="s">
         <v>66</v>
       </c>
       <c r="G7" t="s">
         <v>50</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>56</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>68</v>
@@ -2276,51 +2276,51 @@
       <c r="AS12" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AT12" t="s" s="5">
         <v>68</v>
       </c>
       <c r="AU12" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AV12" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW12" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>8492Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров. Шовковичний, 9)</t>
+          <t>8492Про надання дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров. Шовковичний, 9) громадянину Фещенку А.П. (існуюче садівниче товариство)</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>73</v>
       </c>
       <c r="E13" t="s">
         <v>48</v>
       </c>
       <c r="F13" t="s">
         <v>82</v>
       </c>
       <c r="G13" t="s">
         <v>83</v>
       </c>
       <c r="H13" t="s">
         <v>84</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>77</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>77</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>59</v>