--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1564,51 +1564,51 @@
       <c r="AS3" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT3" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU3" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV3" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW3" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>59</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
-          <t>7318Про внесення змін до рішення Черкаської міської ради від 27.06.2019 №2-4692 «Про встановлення ставок та пільг із сплати податку на нерухоме майно, відмінне від земельної ділянки на території міста</t>
+          <t>7318Про внесення змін до рішення Черкаської міської ради від 27.06.2019 №2-4692 «Про встановлення ставок та пільг із сплати податку на нерухоме майно, відмінне від земельної ділянки на території міста Черкаси» (із змінами)</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>60</v>
       </c>
       <c r="E4" t="s">
         <v>49</v>
       </c>
       <c r="F4" t="s">
         <v>61</v>
       </c>
       <c r="G4" t="s">
         <v>51</v>
       </c>
       <c r="H4" t="s">
         <v>52</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>54</v>
@@ -3672,51 +3672,51 @@
       <c r="AS17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV17" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW17" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>59</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>7332Про внесення змін до рішення  Черкаської міської ради від 21.03.2019 № 2-4173 «Про утворення деяких юридичних осіб Черкаської міської ради, затвердження їх структури та внесення змін до рішення</t>
+          <t>7332Про внесення змін до рішення  Черкаської міської ради від 21.03.2019 № 2-4173 «Про утворення деяких юридичних осіб Черкаської міської ради, затвердження їх структури та внесення змін до рішення Черкаської міської ради від 23.05.2013 № 3-1682»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>61</v>
       </c>
       <c r="G18" t="s">
         <v>51</v>
       </c>
       <c r="H18" t="s">
         <v>52</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>54</v>
@@ -3823,51 +3823,51 @@
       <c r="AS18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW18" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>7333Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових</t>
+          <t>7333Про внесення змін до рішення Черкаської міської ради від 24.12.2020 № 2-47 «Про затвердження Програми фінансування заходів, пов’язаних із нагородженням міськими відзнаками громадян, трудових колективів на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19" t="s">
         <v>61</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19" t="s">
         <v>52</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>54</v>
@@ -4578,51 +4578,51 @@
       <c r="AS23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW23" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>7338Про передачу естакади для машин з балансу Черкаського фізико-математичного ліцею Черкаської міської ради Черкаської області на баланс комунального підприємства «Екологія» Черкаської</t>
+          <t>7338Про передачу естакади для машин з балансу Черкаського фізико-математичного ліцею Черкаської міської ради Черкаської області на баланс комунального підприємства «Екологія» Черкаської міської ради</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24" t="s">
         <v>61</v>
       </c>
       <c r="G24" t="s">
         <v>51</v>
       </c>
       <c r="H24" t="s">
         <v>52</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>54</v>
@@ -4729,51 +4729,51 @@
       <c r="AS24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV24" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW24" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>59</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>7339Про внесення змін до рішення Черкаської міської ради від 13.01.2021 № 5-314 «Про створення ініціативної групи з підготовки установчих зборів для формування Молодіжної ради при Черкаській міській</t>
+          <t>7339Про внесення змін до рішення Черкаської міської ради від 13.01.2021 № 5-314 «Про створення ініціативної групи з підготовки установчих зборів для формування Молодіжної ради при Черкаській міській раді»</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>61</v>
       </c>
       <c r="G25" t="s">
         <v>51</v>
       </c>
       <c r="H25" t="s">
         <v>52</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>54</v>
@@ -6692,51 +6692,51 @@
       <c r="AS37" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT37" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU37" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV37" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW37" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>59</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>7352Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-5 «Про затвердження Програми державного моніторингу в галузі охорони атмосферного повітря на 2021-2025 роки для агломерації</t>
+          <t>7352Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-5 «Про затвердження Програми державного моніторингу в галузі охорони атмосферного повітря на 2021-2025 роки для агломерації «Черкаси»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>49</v>
       </c>
       <c r="F38" t="s">
         <v>61</v>
       </c>
       <c r="G38" t="s">
         <v>51</v>
       </c>
       <c r="H38" t="s">
         <v>52</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>54</v>
@@ -7898,51 +7898,51 @@
       <c r="AS45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW45" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>59</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>7360Про внесення змін до рішення міської ради  від 25.11.2020 № 2-6405 «Про затвердження міської Програми пільгового житлового кредитування учасників антитерористичної операції/ операції</t>
+          <t>7360Про внесення змін до рішення міської ради  від 25.11.2020 № 2-6405 «Про затвердження міської Програми пільгового житлового кредитування учасників антитерористичної операції/ операції об’єднаних сил і бійців добровольців, які брали участь у захисті територіальної цілісності та державного суверенітету на Сході України та членів їх сімей в м. Черкаси на 2021-2025 роки»</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>60</v>
       </c>
       <c r="E46" t="s">
         <v>49</v>
       </c>
       <c r="F46" t="s">
         <v>61</v>
       </c>
       <c r="G46" t="s">
         <v>51</v>
       </c>
       <c r="H46" t="s">
         <v>52</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>54</v>
@@ -9255,51 +9255,51 @@
       <c r="AS54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT54" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW54" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>76</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>7369Про внесення змін до рішення Черкаської міської ради від 09.12.2021 №15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності</t>
+          <t>7369Про внесення змін до рішення Черкаської міської ради від 09.12.2021 №15-17 «Про затвердження Комплексної програми соціальної підтримки захисників державного суверенітету та незалежності України і членів їх сімей – жителів м.Черкаси на 2022-2024 роки»</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>60</v>
       </c>
       <c r="E55" t="s">
         <v>49</v>
       </c>
       <c r="F55" t="s">
         <v>77</v>
       </c>
       <c r="G55" t="s">
         <v>51</v>
       </c>
       <c r="H55" t="s">
         <v>52</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>53</v>
@@ -12114,51 +12114,51 @@
       <c r="AS73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV73" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW73" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>116</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
-          <t>7391Про визначення уповноваженого органу на реалізацію заходів визначених постановою Кабінету Міністрів України  від 11.03.2022 №261 та затвердження Положення  департаменту житлово-комунального</t>
+          <t>7391Про визначення уповноваженого органу на реалізацію заходів визначених постановою Кабінету Міністрів України  від 11.03.2022 №261 та затвердження Положення  департаменту житлово-комунального комплексу Черкаської міської ради у новій редакції</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>48</v>
       </c>
       <c r="E74" t="s">
         <v>49</v>
       </c>
       <c r="F74" t="s">
         <v>50</v>
       </c>
       <c r="G74" t="s">
         <v>51</v>
       </c>
       <c r="H74" t="s">
         <v>52</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J74" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K74" t="s" s="5">
         <v>54</v>
@@ -21621,51 +21621,51 @@
       <c r="AS136" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT136" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV136" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW136" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>122</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>7458Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-47 «Про затвердження умов проведення земельних торгів щодо продажу у власність земельної ділянки по вул. Героїв Дніпра на</t>
+          <t>7458Про внесення змін до рішення Черкаської міської ради від 20.01.2022 № 17-47 «Про затвердження умов проведення земельних торгів щодо продажу у власність земельної ділянки по вул. Героїв Дніпра на конкурентних засадах (на земельних торгах)»</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>60</v>
       </c>
       <c r="E137" t="s">
         <v>49</v>
       </c>
       <c r="F137" t="s">
         <v>68</v>
       </c>
       <c r="G137" t="s">
         <v>51</v>
       </c>
       <c r="H137" t="s">
         <v>52</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>55</v>
@@ -24776,51 +24776,51 @@
       <c r="AS157" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT157" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU157" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV157" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW157" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
         <v>122</v>
       </c>
       <c r="C158" t="inlineStr" s="4">
         <is>
-          <t>7479Про розгляд клопотання ПРИВАТНОГО АКЦІОНЕРНОГО ТОВАРИСТВА «ЧЕРКАСЬКИЙ ЗАВОД ТЕЛЕГРАФНОЇ АПАРАТУРИ» щодо надання в оренду земельної ділянки по вул. Гоголя, 1, на виконання рішення</t>
+          <t>7479Про розгляд клопотання ПРИВАТНОГО АКЦІОНЕРНОГО ТОВАРИСТВА «ЧЕРКАСЬКИЙ ЗАВОД ТЕЛЕГРАФНОЇ АПАРАТУРИ» щодо надання в оренду земельної ділянки по вул. Гоголя, 1, на виконання рішення Черкаського окружного адміністративного суду від 04.11.2022 року (справа № 580/3815/22)</t>
         </is>
       </c>
       <c r="D158" t="s">
         <v>60</v>
       </c>
       <c r="E158" t="s">
         <v>49</v>
       </c>
       <c r="F158" t="s">
         <v>68</v>
       </c>
       <c r="G158" t="s">
         <v>51</v>
       </c>
       <c r="H158" t="s">
         <v>52</v>
       </c>
       <c r="I158" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J158" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K158" t="s" s="5">
         <v>55</v>
@@ -26133,51 +26133,51 @@
       <c r="AS166" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT166" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU166" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV166" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW166" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
         <v>143</v>
       </c>
       <c r="C167" t="inlineStr" s="4">
         <is>
-          <t>7488Про відмову в передачі земельної ділянки в оренду по вул.  Праведниці Шулежко, 102/ вул. Гоголя, 160 громадянину Полторадні К. П. (вільна земельна ділянка, за рахунок існуючого землекористування,</t>
+          <t>7488Про відмову в передачі земельної ділянки в оренду по вул.  Праведниці Шулежко, 102/ вул. Гоголя, 160 громадянину Полторадні К. П. (вільна земельна ділянка, за рахунок існуючого землекористування, учасник бойових дій)</t>
         </is>
       </c>
       <c r="D167" t="s">
         <v>136</v>
       </c>
       <c r="E167" t="s">
         <v>72</v>
       </c>
       <c r="F167" t="s">
         <v>144</v>
       </c>
       <c r="G167" t="s">
         <v>51</v>
       </c>
       <c r="H167" t="s">
         <v>97</v>
       </c>
       <c r="I167" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J167" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K167" t="s" s="5">
         <v>54</v>
@@ -27945,51 +27945,51 @@
       <c r="AS178" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AT178" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU178" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV178" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW178" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>163</v>
       </c>
       <c r="C179" t="inlineStr" s="4">
         <is>
-          <t>7500Про передачу ОСББ «ДЮЖИНА 143» земельної ділянки у власність по вул. Свято-Макаріївській, 143 (на виконання рішення Черкаського окружного адміністративного суду від 27.05.2022 року (справа №</t>
+          <t>7500Про передачу ОСББ «ДЮЖИНА 143» земельної ділянки у власність по вул. Свято-Макаріївській, 143 (на виконання рішення Черкаського окружного адміністративного суду від 27.05.2022 року (справа № 580/1845/22))</t>
         </is>
       </c>
       <c r="D179" t="s">
         <v>95</v>
       </c>
       <c r="E179" t="s">
         <v>49</v>
       </c>
       <c r="F179" t="s">
         <v>50</v>
       </c>
       <c r="G179" t="s">
         <v>51</v>
       </c>
       <c r="H179" t="s">
         <v>52</v>
       </c>
       <c r="I179" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J179" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K179" t="s" s="5">
         <v>54</v>
@@ -28096,51 +28096,51 @@
       <c r="AS179" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT179" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU179" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV179" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW179" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
         <v>164</v>
       </c>
       <c r="C180" t="inlineStr" s="4">
         <is>
-          <t>7501Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>7501Про включення земельної ділянки до переліку земельних ділянок, право власності яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Дахнівській (перспективний № 70) та на проведення експертної грошової оцінки.</t>
         </is>
       </c>
       <c r="D180" t="s">
         <v>95</v>
       </c>
       <c r="E180" t="s">
         <v>49</v>
       </c>
       <c r="F180" t="s">
         <v>50</v>
       </c>
       <c r="G180" t="s">
         <v>51</v>
       </c>
       <c r="H180" t="s">
         <v>52</v>
       </c>
       <c r="I180" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J180" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K180" t="s" s="5">
         <v>54</v>
@@ -28247,51 +28247,51 @@
       <c r="AS180" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT180" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU180" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV180" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW180" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
         <v>165</v>
       </c>
       <c r="C181" t="inlineStr" s="4">
         <is>
-          <t>7502Про надання громадянину Ковальському Роману Петровичу дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на</t>
+          <t>7502Про надання громадянину Ковальському Роману Петровичу дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та про проведення експертної грошової оцінки земельної ділянки по пров. Тодося Осьмачки , 11-а в  м. Черкаси</t>
         </is>
       </c>
       <c r="D181" t="s">
         <v>48</v>
       </c>
       <c r="E181" t="s">
         <v>49</v>
       </c>
       <c r="F181" t="s">
         <v>166</v>
       </c>
       <c r="G181" t="s">
         <v>51</v>
       </c>
       <c r="H181" t="s">
         <v>52</v>
       </c>
       <c r="I181" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J181" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K181" t="s" s="5">
         <v>54</v>
@@ -28398,51 +28398,51 @@
       <c r="AS181" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT181" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU181" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV181" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW181" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
         <v>167</v>
       </c>
       <c r="C182" t="inlineStr" s="4">
         <is>
-          <t>7503Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>7503Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-а) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D182" t="s">
         <v>48</v>
       </c>
       <c r="E182" t="s">
         <v>72</v>
       </c>
       <c r="F182" t="s">
         <v>168</v>
       </c>
       <c r="G182" t="s">
         <v>51</v>
       </c>
       <c r="H182" t="s">
         <v>52</v>
       </c>
       <c r="I182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K182" t="s" s="5">
         <v>53</v>
@@ -28549,51 +28549,51 @@
       <c r="AS182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV182" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW182" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
         <v>169</v>
       </c>
       <c r="C183" t="inlineStr" s="4">
         <is>
-          <t>7504Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>7504Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-а) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D183" t="s">
         <v>48</v>
       </c>
       <c r="E183" t="s">
         <v>72</v>
       </c>
       <c r="F183" t="s">
         <v>96</v>
       </c>
       <c r="G183" t="s">
         <v>105</v>
       </c>
       <c r="H183" t="s">
         <v>121</v>
       </c>
       <c r="I183" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J183" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K183" t="s" s="5">
         <v>54</v>
@@ -28700,51 +28700,51 @@
       <c r="AS183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU183" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AV183" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW183" t="s" s="5">
         <v>75</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
         <v>170</v>
       </c>
       <c r="C184" t="inlineStr" s="4">
         <is>
-          <t>7505Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>7505Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-а) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D184" t="s">
         <v>95</v>
       </c>
       <c r="E184" t="s">
         <v>72</v>
       </c>
       <c r="F184" t="s">
         <v>171</v>
       </c>
       <c r="G184" t="s">
         <v>172</v>
       </c>
       <c r="H184" t="s">
         <v>121</v>
       </c>
       <c r="I184" t="s" s="5">
         <v>93</v>
       </c>
       <c r="J184" t="s" s="5">
         <v>93</v>
       </c>
       <c r="K184" t="s" s="5">
         <v>53</v>
@@ -28851,51 +28851,51 @@
       <c r="AS184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU184" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV184" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AW184" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
         <v>173</v>
       </c>
       <c r="C185" t="inlineStr" s="4">
         <is>
-          <t>7506Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна</t>
+          <t>7506Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), земельної ділянки по вул. Гагаріна (перспективний № 3-б) та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки</t>
         </is>
       </c>
       <c r="D185" t="s">
         <v>48</v>
       </c>
       <c r="E185" t="s">
         <v>72</v>
       </c>
       <c r="F185" t="s">
         <v>107</v>
       </c>
       <c r="G185" t="s">
         <v>105</v>
       </c>
       <c r="H185" t="s">
         <v>153</v>
       </c>
       <c r="I185" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J185" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K185" t="s" s="5">
         <v>53</v>
@@ -29002,51 +29002,51 @@
       <c r="AS185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU185" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV185" t="s" s="5">
         <v>75</v>
       </c>
       <c r="AW185" t="s" s="5">
         <v>75</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>174</v>
       </c>
       <c r="C186" t="inlineStr" s="4">
         <is>
-          <t>7507Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку</t>
+          <t>7507Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки по вул. Набережній</t>
         </is>
       </c>
       <c r="D186" t="s">
         <v>48</v>
       </c>
       <c r="E186" t="s">
         <v>72</v>
       </c>
       <c r="F186" t="s">
         <v>107</v>
       </c>
       <c r="G186" t="s">
         <v>105</v>
       </c>
       <c r="H186" t="s">
         <v>92</v>
       </c>
       <c r="I186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J186" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K186" t="s" s="5">
         <v>53</v>
@@ -29153,51 +29153,51 @@
       <c r="AS186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT186" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AV186" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW186" t="s" s="5">
         <v>75</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
         <v>175</v>
       </c>
       <c r="C187" t="inlineStr" s="4">
         <is>
-          <t>7508Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку</t>
+          <t>7508Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на конкурентних засадах (на земельних торгах), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки по вул. Набережній</t>
         </is>
       </c>
       <c r="D187" t="s">
         <v>60</v>
       </c>
       <c r="E187" t="s">
         <v>72</v>
       </c>
       <c r="F187" t="s">
         <v>96</v>
       </c>
       <c r="G187" t="s">
         <v>51</v>
       </c>
       <c r="H187" t="s">
         <v>97</v>
       </c>
       <c r="I187" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J187" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K187" t="s" s="5">
         <v>53</v>
@@ -33651,51 +33651,51 @@
       <c r="AS216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AT216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AU216" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV216" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW216" t="s" s="5">
         <v>53</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
         <v>230</v>
       </c>
       <c r="C217" t="inlineStr" s="4">
         <is>
-          <t>7540Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Золотоніській, 3 громадянину Кавсюку А.М. (вільна земельна ділянка в межах існуючого</t>
+          <t>7540Про відмову в наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Золотоніській, 3 громадянину Кавсюку А.М. (вільна земельна ділянка в межах існуючого домоволодіння)</t>
         </is>
       </c>
       <c r="D217" t="s">
         <v>48</v>
       </c>
       <c r="E217" t="s">
         <v>72</v>
       </c>
       <c r="F217" t="s">
         <v>231</v>
       </c>
       <c r="G217" t="s">
         <v>51</v>
       </c>
       <c r="H217" t="s">
         <v>121</v>
       </c>
       <c r="I217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J217" t="s" s="5">
         <v>53</v>
       </c>
       <c r="K217" t="s" s="5">
         <v>53</v>
@@ -33953,51 +33953,51 @@
       <c r="AS218" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AT218" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AU218" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV218" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AW218" t="s" s="5">
         <v>54</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
         <v>233</v>
       </c>
       <c r="C219" t="inlineStr" s="4">
         <is>
-          <t>7542Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров.</t>
+          <t>7542Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території  садового кооперативу «Черкаський» (діл. № 193) (перспективна адреса пров. Шовковичний, 9) громадянину Фещенку А.П. (існуюче садівниче товариство)</t>
         </is>
       </c>
       <c r="D219" t="s">
         <v>136</v>
       </c>
       <c r="E219" t="s">
         <v>72</v>
       </c>
       <c r="F219" t="s">
         <v>234</v>
       </c>
       <c r="G219" t="s">
         <v>105</v>
       </c>
       <c r="H219" t="s">
         <v>52</v>
       </c>
       <c r="I219" t="s" s="5">
         <v>53</v>
       </c>
       <c r="J219" t="s" s="5">
         <v>93</v>
       </c>
       <c r="K219" t="s" s="5">
         <v>53</v>