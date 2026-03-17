--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -2170,51 +2170,51 @@
         <v>55</v>
       </c>
       <c r="AU5" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV5" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW5" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX5" t="s" s="5">
         <v>69</v>
       </c>
       <c r="AY5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
-          <t>3064Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/вул. Абрикосовій, 2 громадянці Шереметі М.В. (вільна земельна ділянка,</t>
+          <t>3064Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 73/вул. Абрикосовій, 2 громадянці Шереметі М.В. (вільна земельна ділянка, член багатодітної сім’ї)</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>50</v>
       </c>
       <c r="F6" t="s">
         <v>51</v>
       </c>
       <c r="G6" t="s">
         <v>52</v>
       </c>
       <c r="H6" t="s">
         <v>53</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>56</v>
@@ -4485,51 +4485,51 @@
         <v>55</v>
       </c>
       <c r="AU20" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV20" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW20" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX20" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AY20"/>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>103</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>3049Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 75 громадянину Потапенку Ю.І. (вільна земельна ділянка, учасник АТО, </t>
+          <t>3049Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку по вул. Пахарів Хутір, 75 громадянину Потапенку Ю.І. (вільна земельна ділянка, учасник АТО,  інвалід 3 групи)</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>49</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>66</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21" t="s">
         <v>53</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>55</v>
@@ -4795,51 +4795,51 @@
         <v>55</v>
       </c>
       <c r="AU22" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV22" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW22" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX22" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY22"/>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>105</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>3044Про відмову у наданні ПрАТ «Черкаське обласне підприємство автобусних станцій» дозволу на розроблення документації із землеустрою біля будівлі по вул. Смілянській, 166/1 (вільна земельна</t>
+          <t>3044Про відмову у наданні ПрАТ «Черкаське обласне підприємство автобусних станцій» дозволу на розроблення документації із землеустрою біля будівлі по вул. Смілянській, 166/1 (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>49</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>106</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23" t="s">
         <v>107</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>55</v>
@@ -5415,51 +5415,51 @@
         <v>55</v>
       </c>
       <c r="AU26" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV26" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AW26" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX26" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AY26"/>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>115</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>3039Про надання ПАРАФІЇ ПОКРОВИ ПРЕСВЯТОЇ БОГОРОДИЦІ КИЄВО-ВИШГОРОДСЬКОЇ ЕКЗАРХІЇ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ МІСТА ЧЕРКАСИ дозволу на розроблення проєкту землеустрою щодо</t>
+          <t>3039Про надання ПАРАФІЇ ПОКРОВИ ПРЕСВЯТОЇ БОГОРОДИЦІ КИЄВО-ВИШГОРОДСЬКОЇ ЕКЗАРХІЇ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ МІСТА ЧЕРКАСИ дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки по вул. Героїв Дніпра (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>60</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27" t="s">
         <v>72</v>
       </c>
       <c r="G27" t="s">
         <v>52</v>
       </c>
       <c r="H27" t="s">
         <v>53</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>55</v>
@@ -5570,51 +5570,51 @@
         <v>55</v>
       </c>
       <c r="AU27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW27" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX27" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY27"/>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>3037Про надання ПАРАФІЇ ПОКРОВИ ПРЕСВЯТОЇ БОГОРОДИЦІ КИЄВО-ВИШГОРОДСЬКОЇ ЕКЗАРХІЇ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ МІСТА ЧЕРКАСИ дозволу на розроблення проєкту землеустрою щодо</t>
+          <t>3037Про надання ПАРАФІЇ ПОКРОВИ ПРЕСВЯТОЇ БОГОРОДИЦІ КИЄВО-ВИШГОРОДСЬКОЇ ЕКЗАРХІЇ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ МІСТА ЧЕРКАСИ дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки по вул. Героїв Дніпра (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>60</v>
       </c>
       <c r="E28" t="s">
         <v>61</v>
       </c>
       <c r="F28" t="s">
         <v>106</v>
       </c>
       <c r="G28" t="s">
         <v>52</v>
       </c>
       <c r="H28" t="s">
         <v>99</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>56</v>
@@ -6343,51 +6343,51 @@
         <v>55</v>
       </c>
       <c r="AU32" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW32" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX32" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY32"/>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>126</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>2994Про зміну цільового призначення земельної ділянки по вул. Гетьмана Сагайдачного в Обласній благодійній організації учасників війни, ветеранів праці та пенсіонерів ВАТ «Азот» (ділянка № 92)</t>
+          <t>2994Про зміну цільового призначення земельної ділянки по вул. Гетьмана Сагайдачного в Обласній благодійній організації учасників війни, ветеранів праці та пенсіонерів ВАТ «Азот» (ділянка № 92) громадянина Ульяненка Ю.В.</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>50</v>
       </c>
       <c r="F33" t="s">
         <v>127</v>
       </c>
       <c r="G33" t="s">
         <v>52</v>
       </c>
       <c r="H33" t="s">
         <v>99</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>55</v>
@@ -7738,51 +7738,51 @@
         <v>55</v>
       </c>
       <c r="AU41" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV41" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW41" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX41" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY41"/>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>144</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>3028Про внесення змін до рішення Черкаської міської ради від 02.12.2016 № 2-1479 «Про поновлення комуналь-ному підприємству «Черкаські ринки» Черкаської міської ради» права оренди землі по  вул.</t>
+          <t>3028Про внесення змін до рішення Черкаської міської ради від 02.12.2016 № 2-1479 «Про поновлення комуналь-ному підприємству «Черкаські ринки» Черкаської міської ради» права оренди землі по  вул. Благовісній (непарна сторона) між  вул. Небесної  Сотні та  вул. Смілянська»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>49</v>
       </c>
       <c r="E42" t="s">
         <v>50</v>
       </c>
       <c r="F42" t="s">
         <v>72</v>
       </c>
       <c r="G42" t="s">
         <v>52</v>
       </c>
       <c r="H42" t="s">
         <v>53</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>55</v>
@@ -8358,51 +8358,51 @@
         <v>64</v>
       </c>
       <c r="AU45" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV45" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AW45" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX45" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY45"/>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>151</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>3024Про надання КП «Черкасиінвестбуд» Черкаської міської ради» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі вул. Олени Теліги, вул.</t>
+          <t>3024Про надання КП «Черкасиінвестбуд» Черкаської міської ради» дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки в районі вул. Олени Теліги, вул. Академіка Корольова (р-н Перемога-2)</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>60</v>
       </c>
       <c r="E46" t="s">
         <v>61</v>
       </c>
       <c r="F46" t="s">
         <v>109</v>
       </c>
       <c r="G46" t="s">
         <v>152</v>
       </c>
       <c r="H46" t="s">
         <v>102</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>64</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>56</v>
@@ -8513,51 +8513,51 @@
         <v>69</v>
       </c>
       <c r="AU46" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV46" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW46" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX46" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AY46"/>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>153</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>3022Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3022Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Смілянській</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>60</v>
       </c>
       <c r="E47" t="s">
         <v>50</v>
       </c>
       <c r="F47" t="s">
         <v>51</v>
       </c>
       <c r="G47" t="s">
         <v>52</v>
       </c>
       <c r="H47" t="s">
         <v>68</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>55</v>
@@ -8668,51 +8668,51 @@
         <v>55</v>
       </c>
       <c r="AU47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW47" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX47" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY47"/>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>154</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>3021Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо</t>
+          <t>3021Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. 30-річчя Перемоги біля буд. № 27</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>49</v>
       </c>
       <c r="E48" t="s">
         <v>50</v>
       </c>
       <c r="F48" t="s">
         <v>51</v>
       </c>
       <c r="G48" t="s">
         <v>52</v>
       </c>
       <c r="H48" t="s">
         <v>53</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>55</v>
@@ -8823,51 +8823,51 @@
         <v>55</v>
       </c>
       <c r="AU48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW48" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX48" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY48"/>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>155</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>3020Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3020Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Субботіна</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>49</v>
       </c>
       <c r="E49" t="s">
         <v>50</v>
       </c>
       <c r="F49" t="s">
         <v>58</v>
       </c>
       <c r="G49" t="s">
         <v>52</v>
       </c>
       <c r="H49" t="s">
         <v>53</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>55</v>
@@ -8978,51 +8978,51 @@
         <v>55</v>
       </c>
       <c r="AU49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW49" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX49" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY49"/>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>156</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>3019Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3019Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Гоголя між будинками № 460 та № 474  </t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>49</v>
       </c>
       <c r="E50" t="s">
         <v>50</v>
       </c>
       <c r="F50" t="s">
         <v>78</v>
       </c>
       <c r="G50" t="s">
         <v>52</v>
       </c>
       <c r="H50" t="s">
         <v>53</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>55</v>
@@ -9133,51 +9133,51 @@
         <v>55</v>
       </c>
       <c r="AU50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW50" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX50" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY50"/>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>157</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>3018Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3018Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Сергія Амброса</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>49</v>
       </c>
       <c r="E51" t="s">
         <v>50</v>
       </c>
       <c r="F51" t="s">
         <v>78</v>
       </c>
       <c r="G51" t="s">
         <v>52</v>
       </c>
       <c r="H51" t="s">
         <v>53</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>55</v>
@@ -9288,51 +9288,51 @@
         <v>55</v>
       </c>
       <c r="AU51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW51" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX51" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY51"/>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>158</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
-          <t>3017Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3017Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по пров. Комунальному  </t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>49</v>
       </c>
       <c r="E52" t="s">
         <v>50</v>
       </c>
       <c r="F52" t="s">
         <v>78</v>
       </c>
       <c r="G52" t="s">
         <v>52</v>
       </c>
       <c r="H52" t="s">
         <v>53</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>55</v>
@@ -9443,51 +9443,51 @@
         <v>55</v>
       </c>
       <c r="AU52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW52" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX52" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY52"/>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>159</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
-          <t>3016Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3016Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Сумгаїтській </t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>49</v>
       </c>
       <c r="E53" t="s">
         <v>50</v>
       </c>
       <c r="F53" t="s">
         <v>51</v>
       </c>
       <c r="G53" t="s">
         <v>75</v>
       </c>
       <c r="H53" t="s">
         <v>68</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K53" t="s" s="5">
         <v>55</v>
@@ -9598,51 +9598,51 @@
         <v>55</v>
       </c>
       <c r="AU53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX53" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY53"/>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>160</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
-          <t>3015Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах у формі аукціону,  земельної ділянки площею 0,1535 га по вул. Гагаріна, 102  та</t>
+          <t>3015Про включення до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах у формі аукціону,  земельної ділянки площею 0,1535 га по вул. Гагаріна, 102  та затвердження умов земельних торгів </t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>60</v>
       </c>
       <c r="E54" t="s">
         <v>61</v>
       </c>
       <c r="F54" t="s">
         <v>142</v>
       </c>
       <c r="G54" t="s">
         <v>52</v>
       </c>
       <c r="H54" t="s">
         <v>161</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K54" t="s" s="5">
         <v>56</v>
@@ -9753,51 +9753,51 @@
         <v>64</v>
       </c>
       <c r="AU54" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW54" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX54" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY54"/>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>162</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
-          <t>3014Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах, та надання дозволу на розробку проєкту землеустрою щодо</t>
+          <t>3014Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах, та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Віталія Вергая біля будівлі №14</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>49</v>
       </c>
       <c r="E55" t="s">
         <v>50</v>
       </c>
       <c r="F55" t="s">
         <v>78</v>
       </c>
       <c r="G55" t="s">
         <v>52</v>
       </c>
       <c r="H55" t="s">
         <v>53</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K55" t="s" s="5">
         <v>55</v>
@@ -9908,51 +9908,51 @@
         <v>55</v>
       </c>
       <c r="AU55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW55" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX55" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY55"/>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>163</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
-          <t>3013Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3013Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Нечуя-Левицького</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>49</v>
       </c>
       <c r="E56" t="s">
         <v>50</v>
       </c>
       <c r="F56" t="s">
         <v>72</v>
       </c>
       <c r="G56" t="s">
         <v>75</v>
       </c>
       <c r="H56" t="s">
         <v>92</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>69</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>55</v>
@@ -10063,51 +10063,51 @@
         <v>55</v>
       </c>
       <c r="AU56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW56" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX56" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY56"/>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>164</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
-          <t>3012Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3012Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Нечуя-Левицького</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>60</v>
       </c>
       <c r="E57" t="s">
         <v>61</v>
       </c>
       <c r="F57" t="s">
         <v>165</v>
       </c>
       <c r="G57" t="s">
         <v>166</v>
       </c>
       <c r="H57" t="s">
         <v>137</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J57" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K57" t="s" s="5">
         <v>64</v>
@@ -10218,51 +10218,51 @@
         <v>69</v>
       </c>
       <c r="AU57" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV57" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AW57" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX57" t="s" s="5">
         <v>69</v>
       </c>
       <c r="AY57"/>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>167</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
-          <t>3011Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3011Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. В’ячеслава Чорновола біля будівлі № 164 А  </t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>60</v>
       </c>
       <c r="E58" t="s">
         <v>50</v>
       </c>
       <c r="F58" t="s">
         <v>122</v>
       </c>
       <c r="G58" t="s">
         <v>52</v>
       </c>
       <c r="H58" t="s">
         <v>168</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J58" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K58" t="s" s="5">
         <v>56</v>
@@ -10373,51 +10373,51 @@
         <v>64</v>
       </c>
       <c r="AU58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV58" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW58" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX58" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AY58"/>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>169</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
-          <t>3010Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3010Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки на розі бул. Шевченка та вул. В’ячеслава Чорновола</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>49</v>
       </c>
       <c r="E59" t="s">
         <v>50</v>
       </c>
       <c r="F59" t="s">
         <v>74</v>
       </c>
       <c r="G59" t="s">
         <v>52</v>
       </c>
       <c r="H59" t="s">
         <v>53</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K59" t="s" s="5">
         <v>56</v>
@@ -10528,51 +10528,51 @@
         <v>55</v>
       </c>
       <c r="AU59" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW59" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX59" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY59"/>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>170</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
-          <t>3009Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3009Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Гоголя біля будинку № 323</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>60</v>
       </c>
       <c r="E60" t="s">
         <v>50</v>
       </c>
       <c r="F60" t="s">
         <v>66</v>
       </c>
       <c r="G60" t="s">
         <v>52</v>
       </c>
       <c r="H60" t="s">
         <v>53</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J60" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K60" t="s" s="5">
         <v>56</v>
@@ -11921,51 +11921,51 @@
         <v>55</v>
       </c>
       <c r="AU68" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV68" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AW68" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX68" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY68"/>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>184</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
-          <t>2999Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території товариства садоводів «Енергетик» (діл. № 191), громадянину Коваленку В.М. (існуюче</t>
+          <t>2999Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території товариства садоводів «Енергетик» (діл. № 191), громадянину Коваленку В.М. (існуюче садівниче товариство)</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>49</v>
       </c>
       <c r="E69" t="s">
         <v>50</v>
       </c>
       <c r="F69" t="s">
         <v>78</v>
       </c>
       <c r="G69" t="s">
         <v>52</v>
       </c>
       <c r="H69" t="s">
         <v>53</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J69" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K69" t="s" s="5">
         <v>55</v>
@@ -12386,51 +12386,51 @@
         <v>64</v>
       </c>
       <c r="AU71" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AV71" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW71" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX71" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY71"/>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>187</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
-          <t>2990Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проекту</t>
+          <t>2990Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проекту землеустрою щодо відведення земельної ділянки по вул. Героїв Дніпра</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>60</v>
       </c>
       <c r="E72" t="s">
         <v>61</v>
       </c>
       <c r="F72" t="s">
         <v>188</v>
       </c>
       <c r="G72" t="s">
         <v>75</v>
       </c>
       <c r="H72" t="s">
         <v>143</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J72" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K72" t="s" s="5">
         <v>56</v>
@@ -13471,51 +13471,51 @@
         <v>55</v>
       </c>
       <c r="AU78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW78" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX78" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY78"/>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>195</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
-          <t>3123Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території товариства садоводів «Енергетик» (діл. № 333), громадянці Дикій Т.А. (існуюче</t>
+          <t>3123Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку на території товариства садоводів «Енергетик» (діл. № 333), громадянці Дикій Т.А. (існуюче садівниче товариство)</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>49</v>
       </c>
       <c r="E79" t="s">
         <v>50</v>
       </c>
       <c r="F79" t="s">
         <v>131</v>
       </c>
       <c r="G79" t="s">
         <v>52</v>
       </c>
       <c r="H79" t="s">
         <v>89</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J79" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K79" t="s" s="5">
         <v>54</v>
@@ -15639,51 +15639,51 @@
         <v>55</v>
       </c>
       <c r="AU92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW92" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX92" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY92"/>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>213</v>
       </c>
       <c r="C93" t="inlineStr" s="4">
         <is>
-          <t>3108Про надання Черкаській обласній організації Українського товариства мисливців і рибалок дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул.</t>
+          <t>3108Про надання Черкаській обласній організації Українського товариства мисливців і рибалок дозволу на розроблення технічної документації із землеустрою щодо поділу земельної ділянки по вул. Підгірній (мікрорайон «Дахнівський»)</t>
         </is>
       </c>
       <c r="D93" t="s">
         <v>49</v>
       </c>
       <c r="E93" t="s">
         <v>50</v>
       </c>
       <c r="F93" t="s">
         <v>66</v>
       </c>
       <c r="G93" t="s">
         <v>52</v>
       </c>
       <c r="H93" t="s">
         <v>53</v>
       </c>
       <c r="I93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J93" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K93" t="s" s="5">
         <v>54</v>
@@ -15949,51 +15949,51 @@
         <v>55</v>
       </c>
       <c r="AU94" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV94" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW94" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX94" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY94"/>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>216</v>
       </c>
       <c r="C95" t="inlineStr" s="4">
         <is>
-          <t>3106Про надання згоди на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) по вул. Олени Теліги, вул. Академіка</t>
+          <t>3106Про надання згоди на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) по вул. Олени Теліги, вул. Академіка Корольова (р-н Перемога-2), яка перебуває в постійному користуванні КП «Черкасиінвестбуд» ЧМР</t>
         </is>
       </c>
       <c r="D95" t="s">
         <v>60</v>
       </c>
       <c r="E95" t="s">
         <v>50</v>
       </c>
       <c r="F95" t="s">
         <v>122</v>
       </c>
       <c r="G95" t="s">
         <v>52</v>
       </c>
       <c r="H95" t="s">
         <v>76</v>
       </c>
       <c r="I95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K95" t="s" s="5">
         <v>54</v>
@@ -16104,51 +16104,51 @@
         <v>64</v>
       </c>
       <c r="AU95" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV95" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW95" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX95" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY95"/>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>217</v>
       </c>
       <c r="C96" t="inlineStr" s="4">
         <is>
-          <t>3105Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту</t>
+          <t>3105Про включення земельної ділянки до переліку земельних ділянок, право оренди яких пропонується для продажу на земельних торгах (у формі аукціону), та надання дозволу на розробку проєкту землеустрою щодо відведення земельної ділянки по вул. Смілянській біля будівлі № 125  </t>
         </is>
       </c>
       <c r="D96" t="s">
         <v>60</v>
       </c>
       <c r="E96" t="s">
         <v>50</v>
       </c>
       <c r="F96" t="s">
         <v>74</v>
       </c>
       <c r="G96" t="s">
         <v>52</v>
       </c>
       <c r="H96" t="s">
         <v>53</v>
       </c>
       <c r="I96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J96" t="s" s="5">
         <v>54</v>
       </c>
       <c r="K96" t="s" s="5">
         <v>54</v>
@@ -19979,51 +19979,51 @@
         <v>56</v>
       </c>
       <c r="AU120" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AV120" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AW120" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX120" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY120"/>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>246</v>
       </c>
       <c r="C121" t="inlineStr" s="4">
         <is>
-          <t>3078Про розгляд звернення об’єднаного городницького кооперативу «Соснівка» від 29.11.2019 № 26173-01-25 та про відмову у наданні дозволу на розроблення проєкту землеустрою щодо відведення земельної</t>
+          <t>3078Про розгляд звернення об’єднаного городницького кооперативу «Соснівка» від 29.11.2019 № 26173-01-25 та про відмову у наданні дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки по вул. 30-річчя Перемоги</t>
         </is>
       </c>
       <c r="D121" t="s">
         <v>60</v>
       </c>
       <c r="E121" t="s">
         <v>50</v>
       </c>
       <c r="F121" t="s">
         <v>215</v>
       </c>
       <c r="G121" t="s">
         <v>202</v>
       </c>
       <c r="H121" t="s">
         <v>99</v>
       </c>
       <c r="I121" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J121" t="s" s="5">
         <v>69</v>
       </c>
       <c r="K121" t="s" s="5">
         <v>55</v>
@@ -20134,51 +20134,51 @@
         <v>55</v>
       </c>
       <c r="AU121" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV121" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW121" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX121" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AY121"/>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
         <v>247</v>
       </c>
       <c r="C122" t="inlineStr" s="4">
         <is>
-          <t>3077Про розгляд звернення об’єднаного городницького кооперативу «Соснівка» від 29.11.2019 № 26173-01-25 та про відмову у наданні дозволу на розроблення проєкту землеустрою щодо відведення земельної</t>
+          <t>3077Про розгляд звернення об’єднаного городницького кооперативу «Соснівка» від 29.11.2019 № 26173-01-25 та про відмову у наданні дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки з метою зміни цільового призначення земельної ділянки по вул. 30-річчя Перемоги</t>
         </is>
       </c>
       <c r="D122" t="s">
         <v>60</v>
       </c>
       <c r="E122" t="s">
         <v>61</v>
       </c>
       <c r="F122" t="s">
         <v>62</v>
       </c>
       <c r="G122" t="s">
         <v>52</v>
       </c>
       <c r="H122" t="s">
         <v>76</v>
       </c>
       <c r="I122" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J122" t="s" s="5">
         <v>56</v>
       </c>
       <c r="K122" t="s" s="5">
         <v>55</v>
@@ -20754,51 +20754,51 @@
         <v>56</v>
       </c>
       <c r="AU125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW125" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX125" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY125"/>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>251</v>
       </c>
       <c r="C126" t="inlineStr" s="4">
         <is>
-          <t>3073Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку в районі пров. Медичного та вул. Лісова просіка громадянці Скринській Ю.С. (вільна земельна</t>
+          <t>3073Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку в районі пров. Медичного та вул. Лісова просіка громадянці Скринській Ю.С. (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D126" t="s">
         <v>49</v>
       </c>
       <c r="E126" t="s">
         <v>50</v>
       </c>
       <c r="F126" t="s">
         <v>127</v>
       </c>
       <c r="G126" t="s">
         <v>52</v>
       </c>
       <c r="H126" t="s">
         <v>68</v>
       </c>
       <c r="I126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K126" t="s" s="5">
         <v>55</v>
@@ -20909,51 +20909,51 @@
         <v>64</v>
       </c>
       <c r="AU126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW126" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX126" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY126"/>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>252</v>
       </c>
       <c r="C127" t="inlineStr" s="4">
         <is>
-          <t>3072Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку в районі пров. Медичного та вул. Лісова просіка громадянці Безукладновій Т.А. (вільна земельна</t>
+          <t>3072Про відмову у наданні дозволу на розроблення документації із землеустрою на земельну ділянку в районі пров. Медичного та вул. Лісова просіка громадянці Безукладновій Т.А. (вільна земельна ділянка)</t>
         </is>
       </c>
       <c r="D127" t="s">
         <v>49</v>
       </c>
       <c r="E127" t="s">
         <v>50</v>
       </c>
       <c r="F127" t="s">
         <v>51</v>
       </c>
       <c r="G127" t="s">
         <v>52</v>
       </c>
       <c r="H127" t="s">
         <v>68</v>
       </c>
       <c r="I127" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J127" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K127" t="s" s="5">
         <v>55</v>
@@ -22457,51 +22457,51 @@
         <v>55</v>
       </c>
       <c r="AU136" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV136" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW136" t="s" s="5">
         <v>54</v>
       </c>
       <c r="AX136" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY136"/>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>263</v>
       </c>
       <c r="C137" t="inlineStr" s="4">
         <is>
-          <t>2945Про розгляд електронної петиції від 15.05.2020 № Че/1100-еп щодо накладання мораторію на багатоповерхову забудову в природоохоронній та історичній заповідній території «Черкаські берегові</t>
+          <t>2945Про розгляд електронної петиції від 15.05.2020 № Че/1100-еп щодо накладання мораторію на багатоповерхову забудову в природоохоронній та історичній заповідній території «Черкаські берегові схили»</t>
         </is>
       </c>
       <c r="D137" t="s">
         <v>60</v>
       </c>
       <c r="E137" t="s">
         <v>50</v>
       </c>
       <c r="F137" t="s">
         <v>97</v>
       </c>
       <c r="G137" t="s">
         <v>52</v>
       </c>
       <c r="H137" t="s">
         <v>53</v>
       </c>
       <c r="I137" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J137" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K137" t="s" s="5">
         <v>54</v>
@@ -22771,51 +22771,51 @@
       <c r="AU138" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV138" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW138" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AX138" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY138" t="s" s="5">
         <v>55</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>265</v>
       </c>
       <c r="C139" t="inlineStr" s="4">
         <is>
-          <t>2943Про розгляд електронної петиції від 04.12.2020 № Че/1369-еп щодо влаштування регульованого пішохідного переходу по вулиці Сумгаїтській, навпроти багатоквартирного житлового будинку за адресою:</t>
+          <t>2943Про розгляд електронної петиції від 04.12.2020 № Че/1369-еп щодо влаштування регульованого пішохідного переходу по вулиці Сумгаїтській, навпроти багатоквартирного житлового будинку за адресою: вул. Сумгаїтська, 21</t>
         </is>
       </c>
       <c r="D139" t="s">
         <v>60</v>
       </c>
       <c r="E139" t="s">
         <v>50</v>
       </c>
       <c r="F139" t="s">
         <v>87</v>
       </c>
       <c r="G139" t="s">
         <v>52</v>
       </c>
       <c r="H139" t="s">
         <v>68</v>
       </c>
       <c r="I139" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J139" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K139" t="s" s="5">
         <v>56</v>
@@ -23713,51 +23713,51 @@
       <c r="AU144" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV144" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW144" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AX144" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AY144" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>271</v>
       </c>
       <c r="C145" t="inlineStr" s="4">
         <is>
-          <t>2937Про  відмову благодійному фонду «Дахнівська Січ» у встановленні пільги  зі  сплати за оренду об’єкта міської комунальної власності, що розташований по вулиці  Дахнівській, будинок 36 у</t>
+          <t>2937Про  відмову благодійному фонду «Дахнівська Січ» у встановленні пільги  зі  сплати за оренду об’єкта міської комунальної власності, що розташований по вулиці  Дахнівській, будинок 36 у селі Свидівок Черкаського району Черкаської області</t>
         </is>
       </c>
       <c r="D145" t="s">
         <v>60</v>
       </c>
       <c r="E145" t="s">
         <v>50</v>
       </c>
       <c r="F145" t="s">
         <v>125</v>
       </c>
       <c r="G145" t="s">
         <v>110</v>
       </c>
       <c r="H145" t="s">
         <v>92</v>
       </c>
       <c r="I145" t="s" s="5">
         <v>54</v>
       </c>
       <c r="J145" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K145" t="s" s="5">
         <v>56</v>
@@ -26058,51 +26058,51 @@
       <c r="AU159" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AV159" t="s" s="5">
         <v>55</v>
       </c>
       <c r="AW159" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AX159" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AY159" t="s" s="5">
         <v>56</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
         <v>299</v>
       </c>
       <c r="C160" t="inlineStr" s="4">
         <is>
-          <t>2882Про    розгляд   електронної петиції   від   20.02.2020   № Че/1049-еп щодо зупинення забудови   житловими комплексами прибережної водоохоронної зони мікрора-йону Митниця та проведення</t>
+          <t>2882Про    розгляд   електронної петиції   від   20.02.2020   № Че/1049-еп щодо зупинення забудови   житловими комплексами прибережної водоохоронної зони мікрора-йону Митниця та проведення громадських слухань</t>
         </is>
       </c>
       <c r="D160" t="s">
         <v>49</v>
       </c>
       <c r="E160" t="s">
         <v>50</v>
       </c>
       <c r="F160" t="s">
         <v>72</v>
       </c>
       <c r="G160" t="s">
         <v>52</v>
       </c>
       <c r="H160" t="s">
         <v>53</v>
       </c>
       <c r="I160" t="s" s="5">
         <v>55</v>
       </c>
       <c r="J160" t="s" s="5">
         <v>55</v>
       </c>
       <c r="K160" t="s" s="5">
         <v>56</v>